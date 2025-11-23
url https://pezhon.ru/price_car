--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -17,1189 +17,1246 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$D$9:$G$9</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="290">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
   <si>
     <t>МАШИНОКОМПЛЕКТЫ ИЗ АНГЛИИ
 в наличии на складе в Москве</t>
   </si>
   <si>
     <t xml:space="preserve">Отдел продаж </t>
   </si>
   <si>
     <t>www.pezhon.ru</t>
   </si>
   <si>
     <t xml:space="preserve"> Николаев Дмитрий</t>
   </si>
   <si>
     <t>+7 (925) 771-20-55</t>
   </si>
   <si>
-    <t>Беспалова Наталья</t>
-[...2 lines deleted...]
-    <t>+7 (925) 382-05-75</t>
+    <t>Брухтий Павел</t>
+  </si>
+  <si>
+    <t xml:space="preserve">+7 (929) 599-18-93 </t>
   </si>
   <si>
     <t>Чебуханов Денис</t>
   </si>
   <si>
     <t>+7 (909) 272-13-71</t>
   </si>
   <si>
     <t xml:space="preserve"> Карев Владислав</t>
   </si>
   <si>
     <t>+7 (925) 741-12-90</t>
   </si>
   <si>
     <t xml:space="preserve"> Коваленко Алина</t>
   </si>
   <si>
     <t>+7 (925) 740-23-22</t>
   </si>
   <si>
-    <t>Подопригора Андрей</t>
-[...10 lines deleted...]
-  <si>
     <t>Леонов Евгений</t>
   </si>
   <si>
     <t>+7 (926) 172-12-56</t>
   </si>
   <si>
-    <t>Дата прайса: 08.10.2025 23:55</t>
+    <t>Дата прайса: 22.11.2025 23:55</t>
   </si>
   <si>
     <t>Московская область, посёлок Зелёный, к5</t>
   </si>
   <si>
     <t>Прайс: 26.10.2018 14:15</t>
   </si>
   <si>
     <t>Курс: 
-97 ₽</t>
+95 ₽</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t>Поступление</t>
   </si>
   <si>
     <t>BMW</t>
   </si>
   <si>
     <t>1-Series</t>
   </si>
   <si>
     <t>В наличии</t>
   </si>
   <si>
     <t>N92, BMW 1-Series 2014, 1.6, бензин, МКПП
  WBA1A12040P559205
 Вес: 815 кг</t>
   </si>
   <si>
-    <t>478'700 ₽
+    <t>468'800 ₽
 4'935 €</t>
   </si>
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Chevrolet</t>
   </si>
   <si>
     <t>Aveo</t>
   </si>
   <si>
     <t>Y31, Chevrolet Aveo 2010, 1.1, бензин, МКПП
  KL1SF48DJAB052474
 Вес: 415 кг</t>
   </si>
   <si>
-    <t>208'700 ₽
+    <t>204'400 ₽
 2'152 €</t>
   </si>
   <si>
     <t>Spark</t>
   </si>
   <si>
     <t>Y16, Chevrolet Spark 2011, 1.1, бензин, МКПП
  KL1MF48D9AC228818
 Вес: 520 кг</t>
   </si>
   <si>
-    <t>217'500 ₽
-[...4 lines deleted...]
-2'036 €
+    <t>212'900 ₽
+2'249 €</t>
+  </si>
+  <si>
+    <t>192'900 ₽
+2'031 €
 (Скидка: 20'000  ₽)</t>
+  </si>
+  <si>
+    <t>Citroen</t>
+  </si>
+  <si>
+    <t>C-Crosser</t>
+  </si>
+  <si>
+    <t>U174, Citroen C-Crosser 2008, 2.2, дизель, МКПП
+ VF7VV4HNH8U967426
+Вес: 310 кг</t>
+  </si>
+  <si>
+    <t>211'800 ₽
+2'229 €</t>
+  </si>
+  <si>
+    <t>C4</t>
+  </si>
+  <si>
+    <t>U173, Citroen C4 2006, 1.6, бензин, МКПП
+ VF7LCNFUC74415023
+Вес: 345 кг</t>
+  </si>
+  <si>
+    <t>186'500 ₽
+1'963 €</t>
   </si>
   <si>
     <t>Dodge</t>
   </si>
   <si>
     <t>Caliber</t>
   </si>
   <si>
     <t>W237, Dodge Caliber 2009, 2.0, бензин, АКПП
  1B3H3G8B57D324493
 Вес: 680 кг</t>
   </si>
   <si>
-    <t>270'900 ₽
+    <t>265'400 ₽
 2'793 €</t>
   </si>
   <si>
     <t>Ford</t>
   </si>
   <si>
     <t>Focus</t>
+  </si>
+  <si>
+    <t>U172, Ford Focus 2010, 1.6, бензин, МКПП
+ WF0PXXGCDPAL38415
+Вес: 533 кг</t>
+  </si>
+  <si>
+    <t>250'900 ₽
+2'641 €</t>
+  </si>
+  <si>
+    <t>Y103, Ford Focus 2008, 1.6, бензин, АКПП
+ WF0PXXWPDP8Y04946
+Вес: 530 кг</t>
+  </si>
+  <si>
+    <t>242'600 ₽
+2'554 €</t>
   </si>
   <si>
     <t>F905, Ford Fusion 2006, 1.6, бензин, МКПП
  WF0UXXGAJU6U44004
 Вес: 535 кг</t>
   </si>
   <si>
-    <t>207'700 ₽
+    <t>203'400 ₽
 2'141 €</t>
   </si>
   <si>
-    <t>Y72, Ford Focus 2008, 1.8, бензин, МКПП
-[...5 lines deleted...]
-2'503 €</t>
+    <t>W291, Ford Focus 2011, 1.6, бензин, МКПП
+ WF0KXXGCBKBK87853
+Вес: 520 кг</t>
+  </si>
+  <si>
+    <t>295'200 ₽
+3'107 €</t>
+  </si>
+  <si>
+    <t>W78, Ford Focus 2010, 1.6, бензин, МКПП
+ WF0SXXGCDSAM39644
+Вес: 365 кг</t>
+  </si>
+  <si>
+    <t>219'000 ₽
+2'305 €</t>
   </si>
   <si>
     <t>J904, Ford Focus 2009, 1.8, бензин, МКПП
  WF0PXXWPDP8C45570
 Вес: 695 кг</t>
   </si>
   <si>
-    <t>272'000 ₽
-[...4 lines deleted...]
-2'392 €
+    <t>266'400 ₽
+2'820 €</t>
+  </si>
+  <si>
+    <t>226'400 ₽
+2'383 €
 (Скидка: 40'000  ₽)</t>
   </si>
   <si>
-    <t>Y106, Ford Focus 2010, 1.6, бензин, МКПП
-[...14 lines deleted...]
-2'554 €</t>
+    <t>U167, Ford Focus 2008, 1.6, бензин, МКПП
+ WF0PXXWPDP8K54055
+Вес: 540 кг</t>
+  </si>
+  <si>
+    <t>229'300 ₽
+2'413 €</t>
+  </si>
+  <si>
+    <t>U184, Ford Focus 2004, 1.6, бензин, МКПП
+ WF05XXGCD54S40441
+Вес: 495 кг</t>
+  </si>
+  <si>
+    <t>222'600 ₽
+2'343 €</t>
   </si>
   <si>
     <t>F813, Ford Focus 2010, 1.8, бензин, МКПП
  WF0PXXGCDPAS13504
 Вес: 595 кг</t>
   </si>
   <si>
-    <t>258'500 ₽
-[...4 lines deleted...]
-2'253 €
+    <t>253'200 ₽
+2'681 €</t>
+  </si>
+  <si>
+    <t>213'200 ₽
+2'244 €
 (Скидка: 40'000  ₽)</t>
   </si>
   <si>
-    <t>W78, Ford Focus 2010, 1.6, бензин, МКПП
- WF0SXXGCDSAM39644
+    <t>U152, Ford Focus 2009, 1.6, бензин, МКПП
+ WF0PXXWPDP9D26752
+Вес: 510 кг</t>
+  </si>
+  <si>
+    <t>259'300 ₽
+2'729 €</t>
+  </si>
+  <si>
+    <t>U155, Ford Focus 2009, 1.6, бензин, МКПП
+ WF0PXXWPDP9A22388
+Вес: 470 кг</t>
+  </si>
+  <si>
+    <t>247'900 ₽
+2'609 €</t>
+  </si>
+  <si>
+    <t>Fusion</t>
+  </si>
+  <si>
+    <t>W208, Ford Fusion 2007, 1.4, бензин, МКПП
+ WF0UXXGAJU6B68935
 Вес: 365 кг</t>
   </si>
   <si>
-    <t>223'600 ₽
-[...21 lines deleted...]
-2'172 €</t>
+    <t>193'200 ₽
+2'038 €</t>
+  </si>
+  <si>
+    <t>183'200 ₽
+1'928 €
+(Скидка: 10'000  ₽)</t>
+  </si>
+  <si>
+    <t>W233, Ford Fusion 2007, 1.4, бензин, МКПП
+ WF0UXXGAJU7D03854
+Вес: 535 кг</t>
+  </si>
+  <si>
+    <t>230'600 ₽
+2'428 €</t>
+  </si>
+  <si>
+    <t>U175, Ford Fusion 2007, 1.4, бензин, МКПП
+ WF0UXXGAJU7C18474
+Вес: 435 кг</t>
+  </si>
+  <si>
+    <t>221'100 ₽
+2'328 €</t>
   </si>
   <si>
     <t>U126, Ford Fusion 2011, 1.4, бензин, МКПП
  WF0UXXGAJUAB51690
 Вес: 385 кг</t>
   </si>
   <si>
-    <t>205'800 ₽
+    <t>201'600 ₽
 2'122 €</t>
   </si>
   <si>
-    <t>F924, Ford Fusion 2009, 1.6, бензин, АКПП
-[...37 lines deleted...]
-2'102 €</t>
+    <t>U168, Ford Fusion 2008, 1.4, бензин, МКПП
+ WF0UXXGAJU8R27151
+Вес: 385 кг</t>
+  </si>
+  <si>
+    <t>209'700 ₽
+2'208 €</t>
   </si>
   <si>
     <t>W268, Ford Fusion 2006, 1.6, бензин, АКПП
  WF0UXXGAJU6P81532
 Вес: 475 кг</t>
   </si>
   <si>
-    <t>223'900 ₽
+    <t>219'200 ₽
 2'308 €</t>
   </si>
   <si>
-    <t>W267, Ford Fusion 2008, 1.6, бензин, МКПП
-[...7 lines deleted...]
-  <si>
     <t>Honda</t>
   </si>
   <si>
     <t>Civic</t>
+  </si>
+  <si>
+    <t>W305, Honda Civic 2007, 1.8, бензин, МКПП
+ SHHFK27607U031460
+Вес: 660 кг</t>
+  </si>
+  <si>
+    <t>242'400 ₽
+2'552 €</t>
   </si>
   <si>
     <t>Y73, Honda Civic 2007, 1.8, бензин, АКПП
  SHHFN14607U003473
 Вес: 520 кг</t>
   </si>
   <si>
-    <t>280'300 ₽
+    <t>274'500 ₽
 2'890 €</t>
   </si>
   <si>
+    <t>Hyundai</t>
+  </si>
+  <si>
+    <t>Getz</t>
+  </si>
+  <si>
+    <t>W294, Hyundai Getz 2008, 1.1, бензин, МКПП
+ KMHBT51GR8U777466
+Вес: 475 кг</t>
+  </si>
+  <si>
+    <t>222'700 ₽
+2'344 €</t>
+  </si>
+  <si>
     <t>Kia</t>
-  </si>
-[...31 lines deleted...]
-2'641 €</t>
   </si>
   <si>
     <t>Sportage</t>
   </si>
   <si>
     <t>U89, Kia Sportage 2014, 1.7, дизель, МКПП
  U5YPB815LEL580871
 Вес: 540 кг</t>
   </si>
   <si>
-    <t>294'700 ₽
+    <t>288'600 ₽
 3'038 €</t>
   </si>
   <si>
     <t>U134, Kia Sportage 2015, 2.0, дизель, МКПП
  U5YPC813NEL615181
-Вес: 520 кг</t>
-[...3 lines deleted...]
-3'207 €</t>
+Вес: 630 кг</t>
+  </si>
+  <si>
+    <t>328'900 ₽
+3'462 €</t>
   </si>
   <si>
     <t>Mazda</t>
   </si>
   <si>
     <t>Y101, Mazda 3 2007, 2.3, бензин, МКПП
  JMZBK14L601588829
 Вес: 870 кг</t>
   </si>
   <si>
-    <t>439'000 ₽
+    <t>430'000 ₽
 4'526 €</t>
+  </si>
+  <si>
+    <t>W283, Mazda 3 2010, 1.6, бензин, МКПП
+ JMZBL14Z201195630
+Вес: 575 кг</t>
+  </si>
+  <si>
+    <t>252'600 ₽
+2'659 €</t>
   </si>
   <si>
     <t>G903, Mazda 3 2010, 1.6, бензин, МКПП
  JMZBL14Z201188579
 Вес: 625 кг</t>
   </si>
   <si>
-    <t>256'900 ₽
-[...4 lines deleted...]
-2'339 €
+    <t>251'600 ₽
+2'660 €</t>
+  </si>
+  <si>
+    <t>221'600 ₽
+2'332 €
 (Скидка: 30'000  ₽)</t>
   </si>
   <si>
     <t>G905, Mazda 3 2011, 1.6, бензин, МКПП
  JMZBLA4Z201231196
 Вес: 545 кг</t>
   </si>
   <si>
-    <t>244'800 ₽
-[...4 lines deleted...]
-2'214 €
+    <t>239'700 ₽
+2'535 €</t>
+  </si>
+  <si>
+    <t>209'700 ₽
+2'207 €
 (Скидка: 30'000  ₽)</t>
-  </si>
-[...7 lines deleted...]
-2'659 €</t>
   </si>
   <si>
     <t>N152, Mazda 6 2014, 2.2, дизель, МКПП
  JMZGJ621651171512
 Вес: 600 кг</t>
   </si>
   <si>
-    <t>258'400 ₽
+    <t>253'100 ₽
 2'664 €</t>
   </si>
   <si>
-    <t>U115, Mazda 6 2011, 2.0, бензин, МКПП
-[...43 lines deleted...]
-  <si>
     <t>Nissan</t>
-  </si>
-[...31 lines deleted...]
-2'292 €</t>
   </si>
   <si>
     <t>Qashqai</t>
   </si>
   <si>
     <t>W243, Nissan Qashqai 2014, 1.1, бензин, МКПП
  SJNFEAJ11U1025272
 Вес: 620 кг</t>
   </si>
   <si>
-    <t>388'600 ₽
+    <t>380'600 ₽
 4'006 €</t>
   </si>
   <si>
-    <t>X-Trail</t>
-[...40 lines deleted...]
-Вес: 470 кг</t>
+    <t>Suzuki</t>
+  </si>
+  <si>
+    <t>Grand Vitara</t>
+  </si>
+  <si>
+    <t>U161, Suzuki Grand Vitara 2009, 2.4, бензин, МКПП
+ JSAJTAA4V00100925
+Вес: 775 кг</t>
+  </si>
+  <si>
+    <t>359'500 ₽
+3'784 €</t>
   </si>
   <si>
     <t>Toyota</t>
   </si>
   <si>
     <t>Auris</t>
   </si>
   <si>
     <t>F933, Toyota Auris 2007, 1.6, бензин, МКПП
  SB1KV56E80F023019
 Вес: 655 кг</t>
   </si>
   <si>
-    <t>258'300 ₽
+    <t>253'000 ₽
 2'663 €</t>
+  </si>
+  <si>
+    <t>Celica</t>
+  </si>
+  <si>
+    <t>Y43, Toyota Celica 2002, 1.8, бензин, МКПП
+ JTDDR38T800129384
+Вес: 625 кг</t>
+  </si>
+  <si>
+    <t>283'800 ₽
+2'988 €</t>
+  </si>
+  <si>
+    <t>RAV 4</t>
+  </si>
+  <si>
+    <t>G943, Toyota RAV 4 2005, 2.0, бензин, МКПП
+ JTEYH20V605006077
+Вес: 830 кг</t>
+  </si>
+  <si>
+    <t>313'400 ₽
+3'299 €</t>
+  </si>
+  <si>
+    <t>Mondeo</t>
+  </si>
+  <si>
+    <t>G989, Ford Mondeo 2005, 2.0, дизель, МКПП
+ WF05XXGBB55C63777
+Вес: 450 кг</t>
+  </si>
+  <si>
+    <t>194'200 ₽
+2'044 €</t>
+  </si>
+  <si>
+    <t>W221, Ford Mondeo 2005, 1.8, бензин, МКПП
+ WF05XXGBB55D04163
+Вес: 520 кг</t>
+  </si>
+  <si>
+    <t>231'200 ₽
+2'434 €</t>
+  </si>
+  <si>
+    <t>N115, Mazda 3 2009, 1.6, бензин, МКПП
+ JMZBK12Z201821412
+Вес: 345 кг</t>
+  </si>
+  <si>
+    <t>250'400 ₽
+2'636 €</t>
+  </si>
+  <si>
+    <t>N158, Mazda 3 2008, 1.6, бензин, МКПП
+ JMZBK14Z201780966
+Вес: 565 кг</t>
+  </si>
+  <si>
+    <t>281'900 ₽
+2'967 €</t>
   </si>
   <si>
     <t>Y63, Toyota Auris 2007, 1.6, бензин, МКПП
  SB1KV56E20F021623
 Вес: 565 кг</t>
   </si>
   <si>
-    <t>258'800 ₽
+    <t>253'400 ₽
 2'668 €</t>
-  </si>
-[...54 lines deleted...]
-(Скидка: 10'000  ₽)</t>
   </si>
   <si>
     <t>Lacetti</t>
   </si>
   <si>
     <t>В пути
 04.10.2025</t>
   </si>
   <si>
     <t>Y118, Chevrolet Lacetti 2010, 1.8, бензин, АКПП
- KL1NA35BJAK531273</t>
-[...9 lines deleted...]
-    <t>C-Crosser</t>
+ KL1NA35BJAK531273
+Вес: 640 кг</t>
+  </si>
+  <si>
+    <t>286'700 ₽
+3'018 €</t>
+  </si>
+  <si>
+    <t>Fiesta</t>
+  </si>
+  <si>
+    <t>Y132, Ford Fiesta 2006, 1.1, бензин, МКПП
+ WF0HXXGAJH6T63699
+Вес: 470 кг</t>
+  </si>
+  <si>
+    <t>200'600 ₽
+2'112 €</t>
   </si>
   <si>
     <t>В пути
-20.10.2025</t>
-[...89 lines deleted...]
- WF0PXXWPDP8K54055</t>
+30.10.2025</t>
+  </si>
+  <si>
+    <t>W319, Ford Focus 2009, 1.6, бензин, МКПП
+ WF0PXXGCDP9K12921</t>
+  </si>
+  <si>
+    <t>228'700 ₽
+2'408 €</t>
+  </si>
+  <si>
+    <t>W335, Ford Focus 2007, 1.6, бензин, МКПП
+ WF05XXWPD57L46998</t>
+  </si>
+  <si>
+    <t>199'800 ₽
+2'103 €</t>
+  </si>
+  <si>
+    <t>W326, Ford Focus 2011, 1.6, бензин, МКПП
+ WF0PXXGCDPAR42786</t>
+  </si>
+  <si>
+    <t>238'400 ₽
+2'509 €</t>
+  </si>
+  <si>
+    <t>W328, Ford Focus 2010, 1.6, бензин, МКПП
+ WF0PXXGCDP9E09864</t>
+  </si>
+  <si>
+    <t>W329, Ford Focus 2010, 1.6, бензин, МКПП
+ WF0PXXGCDPAB03626</t>
+  </si>
+  <si>
+    <t>Kuga</t>
+  </si>
+  <si>
+    <t>W323, Ford Kuga 2013, 2.0, дизель, МКПП
+ WF0AXXWPMADJ74330</t>
+  </si>
+  <si>
+    <t>364'800 ₽
+3'840 €</t>
+  </si>
+  <si>
+    <t>Y135, Honda Civic 2008, 1.3, электро, АКПП
+ JHMFD36208S209267
+Вес: 700 кг</t>
+  </si>
+  <si>
+    <t>302'300 ₽
+3'183 €</t>
+  </si>
+  <si>
+    <t>i30</t>
+  </si>
+  <si>
+    <t>W320, Hyundai i30 2012, 1.4, бензин, МКПП
+ TMADB51CLCJ259018</t>
+  </si>
+  <si>
+    <t>ix35</t>
+  </si>
+  <si>
+    <t>Y111, Hyundai ix35 2013, 2.0, дизель, МКПП
+ TMAJU81VNEJ494498
+Вес: 855 кг</t>
+  </si>
+  <si>
+    <t>378'500 ₽
+3'984 €</t>
+  </si>
+  <si>
+    <t>Y114, Mazda 3 2006, 1.6, бензин, МКПП
+ JMZBK14Z201381870
+Вес: 515 кг</t>
+  </si>
+  <si>
+    <t>244'300 ₽
+2'571 €</t>
+  </si>
+  <si>
+    <t>Y121, Mazda 3 2007, 1.6, бензин, МКПП
+ JMZBK14Z201665511
+Вес: 480 кг</t>
+  </si>
+  <si>
+    <t>234'400 ₽
+2'468 €</t>
+  </si>
+  <si>
+    <t>Y110, Mazda 6 2010, 1.8, бензин, МКПП
+ JMZGH148211401205
+Вес: 545 кг</t>
+  </si>
+  <si>
+    <t>214'900 ₽
+2'262 €</t>
+  </si>
+  <si>
+    <t>CX-5</t>
+  </si>
+  <si>
+    <t>Y115, Mazda CX-5 2013, 2.2, дизель, МКПП
+ JMZKEF91600161811
+Вес: 360 кг</t>
+  </si>
+  <si>
+    <t>224'700 ₽
+2'365 €</t>
+  </si>
+  <si>
+    <t>Mitsubishi</t>
+  </si>
+  <si>
+    <t>ASX</t>
+  </si>
+  <si>
+    <t>Y126, Mitsubishi ASX 2011, 1.6, бензин, МКПП
+ JMAXNGA1WBZ001634
+Вес: 500 кг</t>
+  </si>
+  <si>
+    <t>231'000 ₽
+2'432 €</t>
+  </si>
+  <si>
+    <t>Lancer</t>
+  </si>
+  <si>
+    <t>Y125, Mitsubishi Lancer 2005, 2.0, бензин, МКПП
+ JMALNCS9W5U000356
+Вес: 685 кг</t>
+  </si>
+  <si>
+    <t>273'000 ₽
+2'873 €</t>
+  </si>
+  <si>
+    <t>Juke</t>
+  </si>
+  <si>
+    <t>W331, Nissan Juke 2011, 1.6, бензин, МКПП
+ SJNFBAF15U6066118</t>
+  </si>
+  <si>
+    <t>254'100 ₽
+2'675 €</t>
+  </si>
+  <si>
+    <t>Note</t>
+  </si>
+  <si>
+    <t>W330, Nissan Note 2013, 1.4, бензин, МКПП
+ SJNFAAE11U2218323</t>
+  </si>
+  <si>
+    <t>241'800 ₽
+2'545 €</t>
+  </si>
+  <si>
+    <t>Y123, Nissan Note 2006, 1.6, бензин, АКПП
+ SJNFCAE11U1067595
+Вес: 530 кг</t>
   </si>
   <si>
     <t>226'300 ₽
-2'333 €</t>
-[...110 lines deleted...]
-    <t>225'200 ₽
+2'382 €</t>
+  </si>
+  <si>
+    <t>W315, Nissan Qashqai 2015, 1.6, дизель, АКПП
+ SJNFDAJ11U1279284</t>
+  </si>
+  <si>
+    <t>322'200 ₽
+3'391 €</t>
+  </si>
+  <si>
+    <t>Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП
+ SJNFAAJ10U1007141
+Вес: 640 кг</t>
+  </si>
+  <si>
+    <t>270'100 ₽
+2'843 €</t>
+  </si>
+  <si>
+    <t>Y113, Nissan Qashqai 2011, 1.6, бензин, МКПП
+ SJNFAAJ10U2204397
+Вес: 670 кг</t>
+  </si>
+  <si>
+    <t>304'100 ₽
+3'201 €</t>
+  </si>
+  <si>
+    <t>Y120, Suzuki Grand Vitara 2013, 2.4, бензин, МКПП
+ JSAJTDA4V00250727
+Вес: 750 кг</t>
+  </si>
+  <si>
+    <t>378'700 ₽
+3'986 €</t>
+  </si>
+  <si>
+    <t>VW</t>
+  </si>
+  <si>
+    <t>Tiguan</t>
+  </si>
+  <si>
+    <t>W336, VW Tiguan 2009, 2.0, дизель, МКПП
+ WVGZZZ5NZ9W043248</t>
+  </si>
+  <si>
+    <t>292'300 ₽
+3'077 €</t>
+  </si>
+  <si>
+    <t>Touareg</t>
+  </si>
+  <si>
+    <t>W318, VW Touareg 2004, 2.5, дизель, МКПП
+ WVGZZZ7LZ5D032752</t>
+  </si>
+  <si>
+    <t>300'900 ₽
+3'167 €</t>
+  </si>
+  <si>
+    <t>Land Rover</t>
+  </si>
+  <si>
+    <t>Freelander</t>
+  </si>
+  <si>
+    <t>В Англии
+15.12.2025</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W358, Land Rover Freelander 2008, 2.2, дизель, МКПП
+</t>
+  </si>
+  <si>
+    <t>264'000 ₽
+2'779 €</t>
+  </si>
+  <si>
+    <t>Volvo</t>
+  </si>
+  <si>
+    <t>S40</t>
+  </si>
+  <si>
+    <t>В Англии
+30.11.2025</t>
+  </si>
+  <si>
+    <t>Y159, Volvo S40 2010, 1.6, бензин, МКПП
+ YV1MS2042B2532631</t>
+  </si>
+  <si>
+    <t>220'600 ₽
 2'322 €</t>
   </si>
   <si>
-    <t>Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП
-[...49 lines deleted...]
- TSMEYA21S00513128</t>
+    <t>Audi</t>
+  </si>
+  <si>
+    <t>Q3</t>
+  </si>
+  <si>
+    <t>U237, Audi Q3 2017, 1.4, бензин, АКПП
+ WAUZZZ8U9HR061716</t>
+  </si>
+  <si>
+    <t>403'600 ₽
+4'248 €</t>
+  </si>
+  <si>
+    <t>В Англии
+15.11.2025</t>
+  </si>
+  <si>
+    <t>U222, Audi Q3 2013, 2.0, дизель, МКПП
+ WAUZZZ8U1ER042489</t>
+  </si>
+  <si>
+    <t>396'100 ₽
+4'169 €</t>
   </si>
   <si>
     <t>Cruze</t>
   </si>
   <si>
     <t>В Англии
 15.10.2025</t>
   </si>
   <si>
     <t>U194, Chevrolet Cruze 2012, 1.8, бензин, АКПП
  KL1JA6859DK033900</t>
   </si>
   <si>
-    <t>294'300 ₽
+    <t>288'200 ₽
 3'034 €</t>
-  </si>
-[...9 lines deleted...]
-2'719 €</t>
   </si>
   <si>
     <t>В Англии
 28.02.2022</t>
   </si>
   <si>
     <t xml:space="preserve">D893, Citroen C4 2005, 1.6, бензин, АКПП
  </t>
   </si>
   <si>
-    <t>171'800 ₽
+    <t>168'300 ₽
 1'772 €</t>
   </si>
   <si>
-    <t>W328, Ford Focus 2010, 1.6, бензин, МКПП
-[...8 lines deleted...]
- WF0PXXGCDPAR42786</t>
+    <t>Y148, Ford Fiesta 2006, 1.6, бензин, АКПП
+ WF0HXXGAJH6P88869</t>
+  </si>
+  <si>
+    <t>230'100 ₽
+2'422 €</t>
+  </si>
+  <si>
+    <t>W340, Ford Focus 2009, 1.6, бензин, МКПП
+ WF0PXXWPDP9P09867</t>
+  </si>
+  <si>
+    <t>244'600 ₽
+2'575 €</t>
+  </si>
+  <si>
+    <t>U216, Ford Focus 2014, 1.6, бензин, МКПП
+ WF0KXXGCBKEM26079</t>
+  </si>
+  <si>
+    <t>299'600 ₽
+3'154 €</t>
+  </si>
+  <si>
+    <t>U196, Ford Focus 2006, 2.0, бензин, АКПП
+ WF05XXWPD56P81130</t>
+  </si>
+  <si>
+    <t>251'700 ₽
+2'649 €</t>
   </si>
   <si>
     <t>U197, Ford Focus 2010, 1.6, бензин, МКПП
  WF0PXXGCDP9D59782</t>
   </si>
   <si>
-    <t>U196, Ford Focus 2006, 2.0, бензин, АКПП
-[...4 lines deleted...]
- WF0PXXGCDP9K12921</t>
+    <t>221'700 ₽
+2'333 €</t>
   </si>
   <si>
     <t>В Англии
 30.09.2025</t>
   </si>
   <si>
+    <t>U187, Ford Focus 2009, 1.6, бензин, МКПП
+ WF0PXXGCDP9D82552</t>
+  </si>
+  <si>
+    <t>242'200 ₽
+2'549 €</t>
+  </si>
+  <si>
     <t>U189, Ford Focus 2012, 1.6, бензин, АКПП
  WF0LXXGCBLCB76515</t>
   </si>
   <si>
-    <t>304'000 ₽
+    <t>297'700 ₽
 3'134 €</t>
   </si>
   <si>
-    <t>U187, Ford Focus 2009, 1.6, бензин, МКПП
-[...38 lines deleted...]
- TMADB51CLCJ259018</t>
+    <t>W349, Ford Focus 2011, 1.6, бензин, МКПП
+ WF0KXXGCBKBD00208</t>
+  </si>
+  <si>
+    <t>294'900 ₽
+3'104 €</t>
+  </si>
+  <si>
+    <t>В Англии
+31.10.2025</t>
+  </si>
+  <si>
+    <t>Y144, Ford Fusion 2010, 1.6, бензин, АКПП
+ WF0UXXGAJUAJ31230</t>
+  </si>
+  <si>
+    <t>262'300 ₽
+2'761 €</t>
+  </si>
+  <si>
+    <t>W337, Ford Fusion 2006, 1.6, бензин, АКПП
+ WF0UXXGAJU6L57663</t>
+  </si>
+  <si>
+    <t>224'000 ₽
+2'358 €</t>
+  </si>
+  <si>
+    <t>U236, Ford Fusion 2007, 1.4, бензин, МКПП
+ WF0UXXGAJU6A55849</t>
+  </si>
+  <si>
+    <t>227'400 ₽
+2'394 €</t>
+  </si>
+  <si>
+    <t>Y140, Ford Fusion 2007, 1.4, бензин, МКПП
+ WF0UXXGAJU7L82298</t>
+  </si>
+  <si>
+    <t>U211, Ford Fusion 2011, 1.6, бензин, МКПП
+ WF0UXXGAJUBL46079</t>
+  </si>
+  <si>
+    <t>Y154, Honda Civic 2006, 1.3, гибрид, АКПП
+ JHMFD36206S203003</t>
+  </si>
+  <si>
+    <t>248'800 ₽
+2'619 €</t>
+  </si>
+  <si>
+    <t>Coupe</t>
+  </si>
+  <si>
+    <t>Y138, Hyundai Coupe 2008, 2.0, бензин, АКПП
+ KMHHN61DR8U271037</t>
+  </si>
+  <si>
+    <t>238'800 ₽
+2'513 €</t>
+  </si>
+  <si>
+    <t>Cerato</t>
+  </si>
+  <si>
+    <t>W346, Kia Cerato 2005, 2.0, бензин, МКПП
+ KNEFE223255102070</t>
+  </si>
+  <si>
+    <t>RIO</t>
   </si>
   <si>
     <t>U195, Kia RIO 2011, 1.4, бензин, МКПП
  KNADH511LB6813724</t>
   </si>
   <si>
-    <t>267'500 ₽
+    <t>262'000 ₽
 2'758 €</t>
+  </si>
+  <si>
+    <t>Soul</t>
+  </si>
+  <si>
+    <t>W350, Kia Soul 2010, 1.6, бензин, МКПП
+ KNAJG551297097188</t>
+  </si>
+  <si>
+    <t>Y143, Kia Sportage 2012, 2.0, бензин, МКПП
+ U5YPC811NDL216225</t>
+  </si>
+  <si>
+    <t>283'100 ₽
+2'980 €</t>
+  </si>
+  <si>
+    <t>U235, Land Rover Freelander 2011, 2.2, дизель, АКПП
+ SALFA2AE7BH264990</t>
+  </si>
+  <si>
+    <t>382'300 ₽
+4'025 €</t>
   </si>
   <si>
     <t>U185, Mazda CX-5 2014, 2.2, дизель, МКПП
  JMZKEF91600168771</t>
   </si>
   <si>
-    <t>246'200 ₽
+    <t>241'100 ₽
 2'538 €</t>
   </si>
   <si>
-    <t>W331, Nissan Juke 2011, 1.6, бензин, МКПП
-[...20 lines deleted...]
-3'391 €</t>
+    <t>U192, Mitsubishi ASX 2013, 1.6, бензин, МКПП
+ JMAXNGA1WDZ000270</t>
+  </si>
+  <si>
+    <t>234'000 ₽
+2'463 €</t>
+  </si>
+  <si>
+    <t>Y152, Mitsubishi Lancer 2005, 1.6, бензин, МКПП
+ JMASNCS3A5U001452</t>
+  </si>
+  <si>
+    <t>Y160, Nissan Note 2008, 1.4, бензин, МКПП
+ SJNFAAE11U1262985</t>
+  </si>
+  <si>
+    <t>U208, Nissan Qashqai 2011, 1.6, бензин, МКПП
+ SJNFAAJ10U2354776</t>
+  </si>
+  <si>
+    <t>267'800 ₽
+2'819 €</t>
+  </si>
+  <si>
+    <t>W342, Nissan Qashqai 2011, 1.6, бензин, МКПП
+ SJNFAAJ10U2263367</t>
+  </si>
+  <si>
+    <t>233'500 ₽
+2'458 €</t>
   </si>
   <si>
     <t>Ssang Yong</t>
   </si>
   <si>
     <t>Korando</t>
   </si>
   <si>
     <t>U203, Ssang Yong Korando 2011, 2.0, дизель, МКПП
  KPTB0A1SSBP028862</t>
   </si>
   <si>
-    <t>272'500 ₽
+    <t>266'900 ₽
 2'809 €</t>
+  </si>
+  <si>
+    <t>Y149, Suzuki Grand Vitara 2016, 1.6, бензин, МКПП
+ TSMLYD21S00176265</t>
+  </si>
+  <si>
+    <t>404'500 ₽
+4'258 €</t>
   </si>
   <si>
     <t>Jimny</t>
   </si>
   <si>
     <t>U202, Suzuki Jimny 2004, 1.3, бензин, МКПП
  JSAFJB43V00186739</t>
   </si>
   <si>
-    <t>304'300 ₽
+    <t>298'000 ₽
 3'137 €</t>
   </si>
   <si>
-    <t>VW</t>
-[...10 lines deleted...]
-3'167 €</t>
+    <t>Y156, Toyota Auris 2008, 1.6, бензин, МКПП
+ SB1KV56E80F034893</t>
+  </si>
+  <si>
+    <t>266'800 ₽
+2'808 €</t>
+  </si>
+  <si>
+    <t>Phaeton</t>
+  </si>
+  <si>
+    <t>U214, VW Phaeton 2011, 3.0, дизель, АКПП
+ WVWZZZ3DZB8005791</t>
+  </si>
+  <si>
+    <t>369'600 ₽
+3'890 €</t>
+  </si>
+  <si>
+    <t>U210, VW Tiguan 2013, 2.0, дизель, МКПП
+ WVGZZZ5NZDW072338</t>
+  </si>
+  <si>
+    <t>U209, VW Touareg 2007, 3.0, дизель, АКПП
+ WVGZZZ7LZ7D076374</t>
+  </si>
+  <si>
+    <t>U234, VW Touareg 2009, 3.0, дизель, АКПП
+ WVGZZZ7LZAD013685</t>
+  </si>
+  <si>
+    <t>351'100 ₽
+3'696 €</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1317,83 +1374,86 @@
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
     <border>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="39">
+  <cellXfs count="40">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="14" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="3" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf xfId="0" fontId="3" numFmtId="49" fillId="2" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="3" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="4" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="49" fillId="2" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
@@ -1449,51 +1509,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6dfec0d0f352b63f96d23b2f2481a8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f6a3baf80a6c5d44d46661b43ba1d35c22.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa08188f66f85a9bc924234b799a8e9923.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/657edbb5615074d92a05eab896e6369724.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1573c14c11510e00f3e6219ce1d9034f25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/28d42fd1a3d03702402980394d46d16626.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2f41f031d0da65727d00cce6b36b2bb327.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe3ac23bf26daa996fb2412860f2fcdd28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b38cacedc601ae1b193cda5dc1a40fb629.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/958137b92124f3c8b73929393ce01a6530.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbe0e60aaff29c75f60347ce4f46b9e531.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/70ef3ba31e3f45af4616d5e8cfa972f732.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a17b247fce27bc94f376cf1d2d4c0bcd33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cff83b6e71126cd905810b22d9ada2f334.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d98f55899e5d738ffcb103cf75d5f5d35.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/27c93395d0a5657ad3bbe6f1dd236ea836.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e978fc041428415b9f5c6c352caf0837.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98ee775b9829c0dfc3b2c9c858a9d2ff38.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fe8951c3c11cb9e82285ebf60c5973b039.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/acddb424ee5cbcc87de4d5764ef3effb40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c4d6cf6200d1e3936e32f2859524859741.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c478295391312260a26c65f1f62c9b842.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/615ef7b933afd0b86c04d9f8fce1802643.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/16f74c246d971bd9e6062f250dc9b66644.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9c404957bfeb84121f4af63a6e04bb345.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/214527a2cf9a3efeb60804859cfc0e5e46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d504cd62a674ba614ea55726f60e9d6547.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/784631551b11c2268159328c0924b9b448.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8515654550c006e90ad597bfd6d8cd8a49.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c04870effba0ef5c01b94509cc87f69450.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/44c5a068b25cd7aae02f2ea8a4305ac151.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/134c5f26c6b5a495b60307bec86ad59c52.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/caacd3f94a341f55a06cef0b5bab594953.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06c7f7974cbe794a74bcc71d60ca143254.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a210aac3ba92b30cff3ec4611ae86d255.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d64970cfb75e33ef2466d1a438e4810756.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5fa7cddf87db1de464d85b1785521e5957.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/be7c7ee77d31961938b23227453c456758.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7fc46ed798e1cf613b206c0ecc7538359.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc0e457be0f50f292d1eea40dcd0737060.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/94b868667ee771c77b8264b6a955210061.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6b5a6d14c9bc7b39891ada707d887dc62.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8e9f26623e8eb49f49b70f83826a1fd463.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7704f11f23f6048e27d11f5fea9276564.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/839fbd1d21689de2ab8f7a9139c201e365.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/92bd58d061175edbfa151a18c66a326d66.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8f9ebee903411129d504629533ef74767.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/428a1c7c8dc35688bb4bb510b364077668.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/684249e00979fc14df48e8890ad74f0269.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/915e0e101557e334f8c50a8e054a47c370.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3df47e62210e1eafe439cb30f68c57ad71.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a40ef45c5acc959d88973a314b19170272.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12d9df8e2ed1e73a97ad25c31021620e73.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a0aefcebeaf7b5b0f14872de6b6e913774.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e65fd1b6d458ddc7457064f4354fa7d975.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7f4ee474e1d3773d8d52e40ff3d0a1af76.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/393c7ad9fb67a9769e9b3c9ee1a32bcc77.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5b3a17c08fc7a1a1e319bd3b49000b8d78.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4cd61ad674e09f8435ae8c65a44bc9d479.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39fcb3cc8de3b98f247edc3baf1d6d3780.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9817ae610efbdfb1ee2f0cda8cb4024e81.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/089bd1e9876bb5706ba50e6f928c4ea782.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6316796d2d457d2dfcad52d73f3c3c9f83.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/728f3ae69790742bad0074fd9d463e3b84.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/08c7019c487a64d56adb715f78a286a985.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc797340653f7cc6bd25fec0ff64892586.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f76165cf3f378e279f65ca3bec0cd94a87.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d59a17dcdfd6cb939b7d1763406d12688.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f97eb755bf56e1bed7ff3c98cfee11c289.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abafa59a30f510db0fb6380496c5711f90.png"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79787fbb94db118d0d30ae433f4586b491.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6dfefad0618d09f7860371c18e0ff87092.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/894a23f666db6c4fcc8504b0083b4d4f93.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9dcafe3825a837963baa7cdc855f691394.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/90c4163253aa81b1fd11b7c6c1f80af295.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa0fda4ceaef666fb06426b0bb6a330596.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e255e9cc6a1306ab4aa857a1f44932997.png"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc940100bc8c9662f9f38949fe6ff96898.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e6429fbabf8914dc51d8770b740b3c099.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6b99b1c1984e89f07c352dda6fc136d8100.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9e0bf696a9aedfe7e439cd1de0f188d5101.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ad164ee4e688fa92641f5d9ac85f9e2102.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3105b6e6c3cd3fd5914a4ef0e785bf0b103.png"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/55bfb0b0912a344db83e699c520fd3d2104.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d67a7b867ebc4196a37a969b70197f98105.png"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/741b15789b8e4995c709daf11903601c106.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c72c70b74d53da36380f7bf50452f90107.png"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d44a4ac32db962be844f599b3d4c38c108.png"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c57d97b2b4cd46bf29bd0426fc441a0109.png"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5aea9c8f9d4174481c61cfb1f21e4939110.png"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f8eb6dbf590f351d0e1bc3943becda0111.png"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9fac6ea973576952bc292322947bd2eb112.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6c5048863f15f7d3862138b3e24cbb3e113.png"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/82e9c3712191ea65a69b85e895a59a6d114.png"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a3c016e6794850f25f76f4f1fefad50115.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f4dd2801bd745fa37839e6c28e308b6116.png"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f659a802812dfb715f7cfdb3cef74939117.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/057eaf9f40f26028fa7db25210118eaf118.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bb5aac72209afd4447f9ae1de9e629fd119.png"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bd0166822b5f7e7d10c42c7fb4bd63b120.png"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/51abf384d3cb4e5f2240b42b5a95fd09121.png"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/de529e2ce3f05630e63cb4c25ccc245d122.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30aff25a1c58a0e1d153378087389d65123.png"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6319941930a3886edcc02931044cc2f4124.png"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a77400d163e5403750740ba4b69bccc125.png"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/11e20a4174c449244df1fbe67a7530a0126.png"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f962f8f81d97afdeb369da6be48adb7127.png"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/adb8a7a31efa44028e0948175e2aea25128.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6dfec0d0f352b63f96d23b2f2481a8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d0be8ef5740628b7555fce2495456f816.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fab23d3c2addbada6f5349a7e5180d3b17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c315da7f7d710510d6c64d0b64cbc1718.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62a9be8d75464caa2399722cd6e8aacf19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf44b969c987fde6df99c84c19c1bf820.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834d3f860cd360e6652438088244c77121.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f7d1242b95fbf9a25628dfeaf4f6e5322.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4560897ac906397045ad6e341e76535223.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22f042f0292db2ce9306162eab49b4ff24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f221bc57abffb0549ca666d083249d5725.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56cd2eb137071ba487a966f67ce6666e26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58b3015538adb80ab611b72b153c83d427.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66911a903b007e2e8657c6591b45df1d28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06bad2e9ea7d8ff08a4f8f750557cc7e29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/625b09bd839356381378e3721354c73730.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64864afba4497473424d34c750c2cd8f31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fe27c0b4c3f392ddbafa789901fc40632.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de68773fec0937c641a9e27dff9c7d233.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c3293617d06fc6b7194942122ee965734.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/232d55c86455b4d882e0a9d75cdd58d335.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7df557acfd2d161e120bbe1e4c9be52836.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c496f72e1d98488616ffda6cafd331d37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9b8c00555c324d6c790440c2fc46a3738.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a559226dd1c63d9da6cd5e88eea3807639.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac4179ad656908f9bc623a8f1d3c1f1b40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/981ae41cf1d80e9e93d657286dc0255141.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61b5c9adfe92019a364e9443a2550d3242.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e81a6a0e3c599a939b92b8fa8855a0dd43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039c74a8379c29939acbbf513a82f41644.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f72b0efe3b87c27c88b03480e1f6228245.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e9ff2209468a05510234a74008e8aec46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ade54a0126d0937c706904bc880cc4ad47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79803d8ea3bbdad79f49bd1cc0562f148.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12eb38b4268b3babaef35015627874f549.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07af38314649a82c8b3e05a007f133c550.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a991fb0eb342f233abdb12005bfe408551.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371ae3cc67eab1084d0b574aed26b30c52.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c64b8d9aea0d1961a03adaecc000c5a753.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1750feef7f6f913612c49389cda0bd754.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38e6c9631d1a297cea0bbe1bd2f5974555.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76440a6a1c296f23a04aeeb4d45d0f4256.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aca9960fa58add48a5a666eea6a6bd7657.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f54f8cab88610cbaedb123030819d93858.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c21d68db1fab9dfaad019afd7281e17759.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98c341043edd2ea9000238ad49aa23c060.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57b6aeb9f3e885b465c5dfef38a8280361.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d4661c60463a8e738553a13f872419462.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb28795d4837f6eaea447e6781381fae63.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1957b148fdeb0a068bb378f0f4a74cc64.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04427bd0acebc3634c90a6efa97018a65.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d72273114bed254e36d50cc099b2fc166.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/524a96600f895f232787e29c3a9eaf5a67.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/addbb442910cbd1c6bf1efbc5339b84a68.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e2c71d73506188a52d6d3e188006a169.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca994affaa0cb3e59a833c9a8d8e297370.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f54d62f1a41026c7b6f014005320263a71.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b18c82695285808b2d029953105b2de72.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d27fc5c84af5b8fc2af856e1cff7d9e673.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e8741fa1cc47c280b1c9ea60b662b074.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e4d42d05761c389a49573c9b6b6f55875.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ada3cfa80606c1b222b371f675412976.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1d26b2ac01e027617e1df5cceb16c377.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43f3c7bb72b113846e2693d26648df8e78.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65d3439992d354d34a3449efcbb211479.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a9a0192bfcaac96305e749db11e772480.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78b887d4c7f9d42e4a33d12c7a22c7bd81.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e008720c739a2d02b1bc3d470bd411f682.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/442e2dd73f8ec1f8edfe4080c73da39883.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b2e950a42550d04e53357d47bb712384.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeb4aaaacef092670216084ebfa7e53985.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07bc7b22b06244b51c16a48ce7e4829086.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dba31c78bd24d356643ebc3c0cb16f3887.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bb2b769ac09aa41ef5fa1fa0afbf66e88.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6106db18bf9be8d4425fd5e17047de89.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d5667873f537cdf9c68b0ec288b409e90.png"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7a94b1cd24b330a6bf5b738722c5fc791.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baf8fa4693778db293586d5cd5509e6a92.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005421cf8b946839beedd964fdbe984d93.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a676033d97a32fce65feba0802decda194.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39f36939431b4e5143d98f1824cba33e95.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f11658cfea4cf73e72e442ed77e91b496.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecfd909c5980fbef61545cfb024ce99d97.png"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b63a6875ae8d7a6559324d69b86fe2d998.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5c45ec58c001faf2411ad5163fe100b99.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843d8ce8e6c864732d809ceb0242b09b100.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3fcb935e67906c7baa572edf9ebbbd2101.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e25f3d304cdb60c6e5501d95eed66bf1102.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c890588cd7708d6d039ab832e407587103.png"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1217c57b6711f4d308e2135e3335ce5d104.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79b8086d50805bf074a3bb108e4dacb7105.png"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9103506accebf75bc50f7edf36ff952c106.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fe67c56a13efcb61c3272e1820e7964107.png"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7875fad70192fedc7b07cffb1bd62d6108.png"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bef1b7b99d3330ad2b1c4b99ed7d9b1f109.png"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bca99e3135496ecb91f8c69171e3606110.png"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f03943ce34885fda209bcaba7ccac2dd111.png"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c5c7ffed147134714334ccb816aa618112.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8d9c911cfb994661fa5b09d75807a6d113.png"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9b3f1a6e2c314e2b9eedf3d804d6cc3114.png"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa61e860b688e51707b1f868b8a37007115.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c8d87c3f3acdeb1a5067a478322844b116.png"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191638526c8d388fd77cfb883fcaed7a117.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ecba0db80532b945d92b4d60116ddb4118.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72bbfcf311bb4585108fc6bae1e21904119.png"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c32d8f4f394db4b3271bef7a81db395d120.png"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/033a6eb18d08f2efac2c82b974fa62ac121.png"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/623ba0a9f5dd77e3c25e5ee2337c8bd3122.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326b64c5493fb328b46bc88ae46cd335123.png"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052f03849a2d3fe7eb5dcc253e4f04bd124.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>390525</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="542925" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рисунок 2" descr="logotype.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1906,3425 +1966,3305 @@
     <xdr:ext cx="142875" cy="142875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Рисунок 10" descr="whatsapp.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>6</xdr:col>
-[...7 lines deleted...]
-        <xdr:cNvPr id="16" name="Рисунок 8" descr="telegram.png"/>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="16" name="N92, BMW 1-Series 2014, 1.6, бензин, МКПП" descr="N92, BMW 1-Series 2014, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>6</xdr:col>
-[...7 lines deleted...]
-        <xdr:cNvPr id="17" name="Рисунок 10" descr="whatsapp.png"/>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>9</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="17" name="Y31, Chevrolet Aveo 2010, 1.1, бензин, МКПП" descr="Y31, Chevrolet Aveo 2010, 1.1, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>6</xdr:col>
-[...7 lines deleted...]
-        <xdr:cNvPr id="18" name="Рисунок 8" descr="telegram.png"/>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>10</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Y16, Chevrolet Spark 2011, 1.1, бензин, МКПП" descr="Y16, Chevrolet Spark 2011, 1.1, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>6</xdr:col>
-[...7 lines deleted...]
-        <xdr:cNvPr id="19" name="Рисунок 10" descr="whatsapp.png"/>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="U174, Citroen C-Crosser 2008, 2.2, дизель, МКПП" descr="U174, Citroen C-Crosser 2008, 2.2, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>9</xdr:col>
-[...7 lines deleted...]
-        <xdr:cNvPr id="20" name="Рисунок 8" descr="telegram.png"/>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="U173, Citroen C4 2006, 1.6, бензин, МКПП" descr="U173, Citroen C4 2006, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
-      <xdr:col>9</xdr:col>
-[...7 lines deleted...]
-        <xdr:cNvPr id="21" name="Рисунок 10" descr="whatsapp.png"/>
+      <xdr:col>1</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="W237, Dodge Caliber 2009, 2.0, бензин, АКПП" descr="W237, Dodge Caliber 2009, 2.0, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>8</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="22" name="N92, BMW 1-Series 2014, 1.6, бензин, МКПП" descr="N92, BMW 1-Series 2014, 1.6, бензин, МКПП"/>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="U172, Ford Focus 2010, 1.6, бензин, МКПП" descr="U172, Ford Focus 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>9</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="23" name="Y31, Chevrolet Aveo 2010, 1.1, бензин, МКПП" descr="Y31, Chevrolet Aveo 2010, 1.1, бензин, МКПП"/>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="Y103, Ford Focus 2008, 1.6, бензин, АКПП" descr="Y103, Ford Focus 2008, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="24" name="Y16, Chevrolet Spark 2011, 1.1, бензин, МКПП" descr="Y16, Chevrolet Spark 2011, 1.1, бензин, МКПП"/>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="F905, Ford Fusion 2006, 1.6, бензин, МКПП" descr="F905, Ford Fusion 2006, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>11</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="25" name="W237, Dodge Caliber 2009, 2.0, бензин, АКПП" descr="W237, Dodge Caliber 2009, 2.0, бензин, АКПП"/>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="W291, Ford Focus 2011, 1.6, бензин, МКПП" descr="W291, Ford Focus 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>12</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="26" name="F905, Ford Fusion 2006, 1.6, бензин, МКПП" descr="F905, Ford Fusion 2006, 1.6, бензин, МКПП"/>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="W78, Ford Focus 2010, 1.6, бензин, МКПП" descr="W78, Ford Focus 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>13</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="27" name="Y72, Ford Focus 2008, 1.8, бензин, МКПП" descr="Y72, Ford Focus 2008, 1.8, бензин, МКПП"/>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="J904, Ford Focus 2009, 1.8, бензин, МКПП" descr="J904, Ford Focus 2009, 1.8, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>14</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="28" name="J904, Ford Focus 2009, 1.8, бензин, МКПП" descr="J904, Ford Focus 2009, 1.8, бензин, МКПП"/>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="U167, Ford Focus 2008, 1.6, бензин, МКПП" descr="U167, Ford Focus 2008, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>15</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="29" name="Y106, Ford Focus 2010, 1.6, бензин, МКПП" descr="Y106, Ford Focus 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="U184, Ford Focus 2004, 1.6, бензин, МКПП" descr="U184, Ford Focus 2004, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>16</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="30" name="Y103, Ford Focus 2008, 1.6, бензин, АКПП" descr="Y103, Ford Focus 2008, 1.6, бензин, АКПП"/>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="F813, Ford Focus 2010, 1.8, бензин, МКПП" descr="F813, Ford Focus 2010, 1.8, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>17</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="31" name="F813, Ford Focus 2010, 1.8, бензин, МКПП" descr="F813, Ford Focus 2010, 1.8, бензин, МКПП"/>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="U152, Ford Focus 2009, 1.6, бензин, МКПП" descr="U152, Ford Focus 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>18</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="32" name="W78, Ford Focus 2010, 1.6, бензин, МКПП" descr="W78, Ford Focus 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="U155, Ford Focus 2009, 1.6, бензин, МКПП" descr="U155, Ford Focus 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>19</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="33" name="U113, Ford Fusion 2009, 1.6, бензин, АКПП" descr="U113, Ford Fusion 2009, 1.6, бензин, АКПП"/>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="W208, Ford Fusion 2007, 1.4, бензин, МКПП" descr="W208, Ford Fusion 2007, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>20</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="34" name="F916, Ford Fusion 2007, 1.4, бензин, МКПП" descr="F916, Ford Fusion 2007, 1.4, бензин, МКПП"/>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="W233, Ford Fusion 2007, 1.4, бензин, МКПП" descr="W233, Ford Fusion 2007, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>21</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="35" name="U126, Ford Fusion 2011, 1.4, бензин, МКПП" descr="U126, Ford Fusion 2011, 1.4, бензин, МКПП"/>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="U175, Ford Fusion 2007, 1.4, бензин, МКПП" descr="U175, Ford Fusion 2007, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>22</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="36" name="F924, Ford Fusion 2009, 1.6, бензин, АКПП" descr="F924, Ford Fusion 2009, 1.6, бензин, АКПП"/>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="U126, Ford Fusion 2011, 1.4, бензин, МКПП" descr="U126, Ford Fusion 2011, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>23</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="37" name="W233, Ford Fusion 2007, 1.4, бензин, МКПП" descr="W233, Ford Fusion 2007, 1.4, бензин, МКПП"/>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="U168, Ford Fusion 2008, 1.4, бензин, МКПП" descr="U168, Ford Fusion 2008, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>24</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="38" name="W208, Ford Fusion 2007, 1.4, бензин, МКПП" descr="W208, Ford Fusion 2007, 1.4, бензин, МКПП"/>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="W268, Ford Fusion 2006, 1.6, бензин, АКПП" descr="W268, Ford Fusion 2006, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>25</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="39" name="Y82, Ford Fusion 2008, 1.4, бензин, МКПП" descr="Y82, Ford Fusion 2008, 1.4, бензин, МКПП"/>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="W305, Honda Civic 2007, 1.8, бензин, МКПП" descr="W305, Honda Civic 2007, 1.8, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>26</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="40" name="W268, Ford Fusion 2006, 1.6, бензин, АКПП" descr="W268, Ford Fusion 2006, 1.6, бензин, АКПП"/>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="Y73, Honda Civic 2007, 1.8, бензин, АКПП" descr="Y73, Honda Civic 2007, 1.8, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>27</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="41" name="W267, Ford Fusion 2008, 1.6, бензин, МКПП" descr="W267, Ford Fusion 2008, 1.6, бензин, МКПП"/>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="W294, Hyundai Getz 2008, 1.1, бензин, МКПП" descr="W294, Hyundai Getz 2008, 1.1, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>28</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="42" name="Y73, Honda Civic 2007, 1.8, бензин, АКПП" descr="Y73, Honda Civic 2007, 1.8, бензин, АКПП"/>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="U89, Kia Sportage 2014, 1.7, дизель, МКПП" descr="U89, Kia Sportage 2014, 1.7, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>29</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="43" name="F913, Kia Ceed 2010, 1.6, дизель, АКПП" descr="F913, Kia Ceed 2010, 1.6, дизель, АКПП"/>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="U134, Kia Sportage 2015, 2.0, дизель, МКПП" descr="U134, Kia Sportage 2015, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>30</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="44" name="U73, Kia Ceed 2010, 1.4, бензин, МКПП" descr="U73, Kia Ceed 2010, 1.4, бензин, МКПП"/>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="Y101, Mazda 3 2007, 2.3, бензин, МКПП" descr="Y101, Mazda 3 2007, 2.3, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="45" name="Y56, Kia RIO 2011, 1.4, бензин, МКПП" descr="Y56, Kia RIO 2011, 1.4, бензин, МКПП"/>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="W283, Mazda 3 2010, 1.6, бензин, МКПП" descr="W283, Mazda 3 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>32</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="46" name="U89, Kia Sportage 2014, 1.7, дизель, МКПП" descr="U89, Kia Sportage 2014, 1.7, дизель, МКПП"/>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="G903, Mazda 3 2010, 1.6, бензин, МКПП" descr="G903, Mazda 3 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>33</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="47" name="U134, Kia Sportage 2015, 2.0, дизель, МКПП" descr="U134, Kia Sportage 2015, 2.0, дизель, МКПП"/>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="G905, Mazda 3 2011, 1.6, бензин, МКПП" descr="G905, Mazda 3 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>34</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="48" name="Y101, Mazda 3 2007, 2.3, бензин, МКПП" descr="Y101, Mazda 3 2007, 2.3, бензин, МКПП"/>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="N152, Mazda 6 2014, 2.2, дизель, МКПП" descr="N152, Mazda 6 2014, 2.2, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>35</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="49" name="G903, Mazda 3 2010, 1.6, бензин, МКПП" descr="G903, Mazda 3 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="W243, Nissan Qashqai 2014, 1.1, бензин, МКПП" descr="W243, Nissan Qashqai 2014, 1.1, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>36</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="50" name="G905, Mazda 3 2011, 1.6, бензин, МКПП" descr="G905, Mazda 3 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="U161, Suzuki Grand Vitara 2009, 2.4, бензин, МКПП" descr="U161, Suzuki Grand Vitara 2009, 2.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>37</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="51" name="W283, Mazda 3 2010, 1.6, бензин, МКПП" descr="W283, Mazda 3 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="F933, Toyota Auris 2007, 1.6, бензин, МКПП" descr="F933, Toyota Auris 2007, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>38</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="52" name="N152, Mazda 6 2014, 2.2, дизель, МКПП" descr="N152, Mazda 6 2014, 2.2, дизель, МКПП"/>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="Y43, Toyota Celica 2002, 1.8, бензин, МКПП" descr="Y43, Toyota Celica 2002, 1.8, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>39</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="53" name="U115, Mazda 6 2011, 2.0, бензин, МКПП" descr="U115, Mazda 6 2011, 2.0, бензин, МКПП"/>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="G943, Toyota RAV 4 2005, 2.0, бензин, МКПП" descr="G943, Toyota RAV 4 2005, 2.0, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>40</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="54" name="G922, Mazda 6 2013, 2.0, бензин, МКПП" descr="G922, Mazda 6 2013, 2.0, бензин, МКПП"/>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="G989, Ford Mondeo 2005, 2.0, дизель, МКПП" descr="G989, Ford Mondeo 2005, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>41</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="55" name="W167, Mazda CX-5 2015, 2.2, дизель, МКПП" descr="W167, Mazda CX-5 2015, 2.2, дизель, МКПП"/>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="W221, Ford Mondeo 2005, 1.8, бензин, МКПП" descr="W221, Ford Mondeo 2005, 1.8, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>42</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="56" name="U162, Mitsubishi Lancer 2010, 1.5, бензин, МКПП" descr="U162, Mitsubishi Lancer 2010, 1.5, бензин, МКПП"/>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="N115, Mazda 3 2009, 1.6, бензин, МКПП" descr="N115, Mazda 3 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>43</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="57" name="Y70, Nissan Juke 2012, 1.6, бензин, МКПП" descr="Y70, Nissan Juke 2012, 1.6, бензин, МКПП"/>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="N158, Mazda 3 2008, 1.6, бензин, МКПП" descr="N158, Mazda 3 2008, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>44</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="58" name="Y68, Nissan Note 2012, 1.4, бензин, МКПП" descr="Y68, Nissan Note 2012, 1.4, бензин, МКПП"/>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="Y63, Toyota Auris 2007, 1.6, бензин, МКПП" descr="Y63, Toyota Auris 2007, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>45</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="59" name="Y97, Nissan Note 2006, 1.6, бензин, МКПП" descr="Y97, Nissan Note 2006, 1.6, бензин, МКПП"/>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="Y118, Chevrolet Lacetti 2010, 1.8, бензин, АКПП" descr="Y118, Chevrolet Lacetti 2010, 1.8, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>46</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="60" name="W243, Nissan Qashqai 2014, 1.1, бензин, МКПП" descr="W243, Nissan Qashqai 2014, 1.1, бензин, МКПП"/>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="Y132, Ford Fiesta 2006, 1.1, бензин, МКПП" descr="Y132, Ford Fiesta 2006, 1.1, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>47</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="61" name="F903, Nissan X-Trail 2011, 2.0, дизель, МКПП" descr="F903, Nissan X-Trail 2011, 2.0, дизель, МКПП"/>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="W319, Ford Focus 2009, 1.6, бензин, МКПП" descr="W319, Ford Focus 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>48</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="62" name="F904, Nissan X-Trail 2010, 2.0, дизель, МКПП" descr="F904, Nissan X-Trail 2010, 2.0, дизель, МКПП"/>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="W335, Ford Focus 2007, 1.6, бензин, МКПП" descr="W335, Ford Focus 2007, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>49</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="63" name="W247, Opel Astra 2007, 1.8, бензин, АКПП" descr="W247, Opel Astra 2007, 1.8, бензин, АКПП"/>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="W326, Ford Focus 2011, 1.6, бензин, МКПП" descr="W326, Ford Focus 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>50</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="64" name="Y109, Peugeot 308 2011, 1.6, бензин, МКПП" descr="Y109, Peugeot 308 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="W328, Ford Focus 2010, 1.6, бензин, МКПП" descr="W328, Ford Focus 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>51</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="65" name="F933, Toyota Auris 2007, 1.6, бензин, МКПП" descr="F933, Toyota Auris 2007, 1.6, бензин, МКПП"/>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="W329, Ford Focus 2010, 1.6, бензин, МКПП" descr="W329, Ford Focus 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>52</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="66" name="Y63, Toyota Auris 2007, 1.6, бензин, МКПП" descr="Y63, Toyota Auris 2007, 1.6, бензин, МКПП"/>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="W323, Ford Kuga 2013, 2.0, дизель, МКПП" descr="W323, Ford Kuga 2013, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>53</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="67" name="Y43, Toyota Celica 2002, 1.8, бензин, МКПП" descr="Y43, Toyota Celica 2002, 1.8, бензин, МКПП"/>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="Y135, Honda Civic 2008, 1.3, электро, АКПП" descr="Y135, Honda Civic 2008, 1.3, электро, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>54</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="68" name="G943, Toyota RAV 4 2005, 2.0, бензин, МКПП" descr="G943, Toyota RAV 4 2005, 2.0, бензин, МКПП"/>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="W320, Hyundai i30 2012, 1.4, бензин, МКПП" descr="W320, Hyundai i30 2012, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>55</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="69" name="F928, Ford Focus 2011, 1.6, бензин, МКПП" descr="F928, Ford Focus 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="Y111, Hyundai ix35 2013, 2.0, дизель, МКПП" descr="Y111, Hyundai ix35 2013, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>56</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="70" name="U156, Ford Focus 2008, 1.6, бензин, МКПП" descr="U156, Ford Focus 2008, 1.6, бензин, МКПП"/>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="Y114, Mazda 3 2006, 1.6, бензин, МКПП" descr="Y114, Mazda 3 2006, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>57</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="71" name="U51, Ford Fusion 2008, 1.6, бензин, АКПП" descr="U51, Ford Fusion 2008, 1.6, бензин, АКПП"/>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="Y121, Mazda 3 2007, 1.6, бензин, МКПП" descr="Y121, Mazda 3 2007, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>58</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="72" name="Y118, Chevrolet Lacetti 2010, 1.8, бензин, АКПП" descr="Y118, Chevrolet Lacetti 2010, 1.8, бензин, АКПП"/>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="Y110, Mazda 6 2010, 1.8, бензин, МКПП" descr="Y110, Mazda 6 2010, 1.8, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>59</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="73" name="U174, Citroen C-Crosser 2008, 2.2, дизель, МКПП" descr="U174, Citroen C-Crosser 2008, 2.2, дизель, МКПП"/>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="Y115, Mazda CX-5 2013, 2.2, дизель, МКПП" descr="Y115, Mazda CX-5 2013, 2.2, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>60</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="74" name="U173, Citroen C4 2006, 1.6, бензин, МКПП" descr="U173, Citroen C4 2006, 1.6, бензин, МКПП"/>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="Y126, Mitsubishi ASX 2011, 1.6, бензин, МКПП" descr="Y126, Mitsubishi ASX 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>61</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="75" name="Y132, Ford Fiesta 2006, 1.1, бензин, МКПП" descr="Y132, Ford Fiesta 2006, 1.1, бензин, МКПП"/>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="Y125, Mitsubishi Lancer 2005, 2.0, бензин, МКПП" descr="Y125, Mitsubishi Lancer 2005, 2.0, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>62</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="76" name="W292, Ford Focus 2007, 1.6, бензин, АКПП" descr="W292, Ford Focus 2007, 1.6, бензин, АКПП"/>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="W331, Nissan Juke 2011, 1.6, бензин, МКПП" descr="W331, Nissan Juke 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>63</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="77" name="W291, Ford Focus 2011, 1.6, бензин, МКПП" descr="W291, Ford Focus 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="W330, Nissan Note 2013, 1.4, бензин, МКПП" descr="W330, Nissan Note 2013, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>64</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="78" name="W287, Ford Focus 2009, 1.6, бензин, МКПП" descr="W287, Ford Focus 2009, 1.6, бензин, МКПП"/>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="Y123, Nissan Note 2006, 1.6, бензин, АКПП" descr="Y123, Nissan Note 2006, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>65</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="79" name="W311, Ford Focus 2009, 1.8, бензин, МКПП" descr="W311, Ford Focus 2009, 1.8, бензин, МКПП"/>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="W315, Nissan Qashqai 2015, 1.6, дизель, АКПП" descr="W315, Nissan Qashqai 2015, 1.6, дизель, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>66</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="80" name="U155, Ford Focus 2009, 1.6, бензин, МКПП" descr="U155, Ford Focus 2009, 1.6, бензин, МКПП"/>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП" descr="Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>67</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="81" name="U152, Ford Focus 2009, 1.6, бензин, МКПП" descr="U152, Ford Focus 2009, 1.6, бензин, МКПП"/>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="Y113, Nissan Qashqai 2011, 1.6, бензин, МКПП" descr="Y113, Nissan Qashqai 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>68</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="82" name="U172, Ford Focus 2010, 1.6, бензин, МКПП" descr="U172, Ford Focus 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="Y120, Suzuki Grand Vitara 2013, 2.4, бензин, МКПП" descr="Y120, Suzuki Grand Vitara 2013, 2.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>69</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="83" name="U184, Ford Focus 2004, 1.6, бензин, МКПП" descr="U184, Ford Focus 2004, 1.6, бензин, МКПП"/>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="W336, VW Tiguan 2009, 2.0, дизель, МКПП" descr="W336, VW Tiguan 2009, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>70</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="84" name="U167, Ford Focus 2008, 1.6, бензин, МКПП" descr="U167, Ford Focus 2008, 1.6, бензин, МКПП"/>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="W318, VW Touareg 2004, 2.5, дизель, МКПП" descr="W318, VW Touareg 2004, 2.5, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>71</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="85" name="W295, Ford Focus 2011, 1.6, бензин, МКПП" descr="W295, Ford Focus 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="1552575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="W358, Land Rover Freelander 2008, 2.2, дизель, МКПП" descr="W358, Land Rover Freelander 2008, 2.2, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>72</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="86" name="U168, Ford Fusion 2008, 1.4, бензин, МКПП" descr="U168, Ford Fusion 2008, 1.4, бензин, МКПП"/>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="Y159, Volvo S40 2010, 1.6, бензин, МКПП" descr="Y159, Volvo S40 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>73</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="87" name="U175, Ford Fusion 2007, 1.4, бензин, МКПП" descr="U175, Ford Fusion 2007, 1.4, бензин, МКПП"/>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="U237, Audi Q3 2017, 1.4, бензин, АКПП" descr="U237, Audi Q3 2017, 1.4, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>74</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="88" name="W296, Ford Fusion 2009, 1.4, бензин, МКПП" descr="W296, Ford Fusion 2009, 1.4, бензин, МКПП"/>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="U222, Audi Q3 2013, 2.0, дизель, МКПП" descr="U222, Audi Q3 2013, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>75</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="89" name="W305, Honda Civic 2007, 1.8, бензин, МКПП" descr="W305, Honda Civic 2007, 1.8, бензин, МКПП"/>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="U194, Chevrolet Cruze 2012, 1.8, бензин, АКПП" descr="U194, Chevrolet Cruze 2012, 1.8, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>76</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="90" name="W298, Hyundai Getz 2005, 1.1, бензин, МКПП" descr="W298, Hyundai Getz 2005, 1.1, бензин, МКПП"/>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="D893, Citroen C4 2005, 1.6, бензин, АКПП" descr="D893, Citroen C4 2005, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>77</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="91" name="W294, Hyundai Getz 2008, 1.1, бензин, МКПП" descr="W294, Hyundai Getz 2008, 1.1, бензин, МКПП"/>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="Y148, Ford Fiesta 2006, 1.6, бензин, АКПП" descr="Y148, Ford Fiesta 2006, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>78</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="92" name="Y111, Hyundai ix35 2013, 2.0, дизель, МКПП" descr="Y111, Hyundai ix35 2013, 2.0, дизель, МКПП"/>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="W340, Ford Focus 2009, 1.6, бензин, МКПП" descr="W340, Ford Focus 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>79</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="93" name="Y121, Mazda 3 2007, 1.6, бензин, МКПП" descr="Y121, Mazda 3 2007, 1.6, бензин, МКПП"/>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="U216, Ford Focus 2014, 1.6, бензин, МКПП" descr="U216, Ford Focus 2014, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>80</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="94" name="Y114, Mazda 3 2006, 1.6, бензин, МКПП" descr="Y114, Mazda 3 2006, 1.6, бензин, МКПП"/>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="U196, Ford Focus 2006, 2.0, бензин, АКПП" descr="U196, Ford Focus 2006, 2.0, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>81</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="95" name="Y110, Mazda 6 2010, 1.8, бензин, МКПП" descr="Y110, Mazda 6 2010, 1.8, бензин, МКПП"/>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="U197, Ford Focus 2010, 1.6, бензин, МКПП" descr="U197, Ford Focus 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>82</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="96" name="Y115, Mazda CX-5 2013, 2.2, дизель, МКПП" descr="Y115, Mazda CX-5 2013, 2.2, дизель, МКПП"/>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="U187, Ford Focus 2009, 1.6, бензин, МКПП" descr="U187, Ford Focus 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>83</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="97" name="Y126, Mitsubishi ASX 2011, 1.6, бензин, МКПП" descr="Y126, Mitsubishi ASX 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="U189, Ford Focus 2012, 1.6, бензин, АКПП" descr="U189, Ford Focus 2012, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>84</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="98" name="Y125, Mitsubishi Lancer 2005, 2.0, бензин, МКПП" descr="Y125, Mitsubishi Lancer 2005, 2.0, бензин, МКПП"/>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="W349, Ford Focus 2011, 1.6, бензин, МКПП" descr="W349, Ford Focus 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>85</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="99" name="Y123, Nissan Note 2006, 1.6, бензин, АКПП" descr="Y123, Nissan Note 2006, 1.6, бензин, АКПП"/>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="Y144, Ford Fusion 2010, 1.6, бензин, АКПП" descr="Y144, Ford Fusion 2010, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>86</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="100" name="Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП" descr="Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП"/>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="W337, Ford Fusion 2006, 1.6, бензин, АКПП" descr="W337, Ford Fusion 2006, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>87</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="101" name="Y113, Nissan Qashqai 2011, 1.6, бензин, МКПП" descr="Y113, Nissan Qashqai 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="U236, Ford Fusion 2007, 1.4, бензин, МКПП" descr="U236, Ford Fusion 2007, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>88</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="102" name="U161, Suzuki Grand Vitara 2009, 2.4, бензин, МКПП" descr="U161, Suzuki Grand Vitara 2009, 2.4, бензин, МКПП"/>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="Y140, Ford Fusion 2007, 1.4, бензин, МКПП" descr="Y140, Ford Fusion 2007, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>89</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="103" name="Y120, Suzuki Grand Vitara 2013, 2.4, бензин, МКПП" descr="Y120, Suzuki Grand Vitara 2013, 2.4, бензин, МКПП"/>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="U211, Ford Fusion 2011, 1.6, бензин, МКПП" descr="U211, Ford Fusion 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>90</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="104" name="W306, Suzuki SX4 2011, 1.6, бензин, МКПП" descr="W306, Suzuki SX4 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="Y154, Honda Civic 2006, 1.3, гибрид, АКПП" descr="Y154, Honda Civic 2006, 1.3, гибрид, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>91</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="105" name="W310, Suzuki SX4 2011, 1.6, бензин, МКПП" descr="W310, Suzuki SX4 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="Y138, Hyundai Coupe 2008, 2.0, бензин, АКПП" descr="Y138, Hyundai Coupe 2008, 2.0, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>92</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="106" name="U194, Chevrolet Cruze 2012, 1.8, бензин, АКПП" descr="U194, Chevrolet Cruze 2012, 1.8, бензин, АКПП"/>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="W346, Kia Cerato 2005, 2.0, бензин, МКПП" descr="W346, Kia Cerato 2005, 2.0, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>93</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="107" name="Y133, Chevrolet Orlando 2012, 1.8, бензин, МКПП" descr="Y133, Chevrolet Orlando 2012, 1.8, бензин, МКПП"/>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="U195, Kia RIO 2011, 1.4, бензин, МКПП" descr="U195, Kia RIO 2011, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>94</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="108" name="D893, Citroen C4 2005, 1.6, бензин, АКПП" descr="D893, Citroen C4 2005, 1.6, бензин, АКПП"/>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="108" name="W350, Kia Soul 2010, 1.6, бензин, МКПП" descr="W350, Kia Soul 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId108"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>95</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="109" name="W328, Ford Focus 2010, 1.6, бензин, МКПП" descr="W328, Ford Focus 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="109" name="Y143, Kia Sportage 2012, 2.0, бензин, МКПП" descr="Y143, Kia Sportage 2012, 2.0, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId109"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>96</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="110" name="W326, Ford Focus 2011, 1.6, бензин, МКПП" descr="W326, Ford Focus 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>102</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="110" name="U235, Land Rover Freelander 2011, 2.2, дизель, АКПП" descr="U235, Land Rover Freelander 2011, 2.2, дизель, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId110"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>97</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="111" name="U197, Ford Focus 2010, 1.6, бензин, МКПП" descr="U197, Ford Focus 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>103</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="111" name="U185, Mazda CX-5 2014, 2.2, дизель, МКПП" descr="U185, Mazda CX-5 2014, 2.2, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId111"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>98</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="112" name="U196, Ford Focus 2006, 2.0, бензин, АКПП" descr="U196, Ford Focus 2006, 2.0, бензин, АКПП"/>
+      <xdr:row>104</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="112" name="U192, Mitsubishi ASX 2013, 1.6, бензин, МКПП" descr="U192, Mitsubishi ASX 2013, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId112"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>99</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="113" name="W319, Ford Focus 2009, 1.6, бензин, МКПП" descr="W319, Ford Focus 2009, 1.6, бензин, МКПП"/>
+      <xdr:row>105</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="113" name="Y152, Mitsubishi Lancer 2005, 1.6, бензин, МКПП" descr="Y152, Mitsubishi Lancer 2005, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId113"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>100</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="114" name="U189, Ford Focus 2012, 1.6, бензин, АКПП" descr="U189, Ford Focus 2012, 1.6, бензин, АКПП"/>
+      <xdr:row>106</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="114" name="Y160, Nissan Note 2008, 1.4, бензин, МКПП" descr="Y160, Nissan Note 2008, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId114"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>101</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="115" name="U187, Ford Focus 2009, 1.6, бензин, МКПП" descr="U187, Ford Focus 2009, 1.6, бензин, МКПП"/>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="115" name="U208, Nissan Qashqai 2011, 1.6, бензин, МКПП" descr="U208, Nissan Qashqai 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId115"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>102</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="116" name="W329, Ford Focus 2010, 1.6, бензин, МКПП" descr="W329, Ford Focus 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>108</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="116" name="W342, Nissan Qashqai 2011, 1.6, бензин, МКПП" descr="W342, Nissan Qashqai 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId116"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>103</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="117" name="U181, Ford Fusion 2007, 1.4, бензин, МКПП" descr="U181, Ford Fusion 2007, 1.4, бензин, МКПП"/>
+      <xdr:row>109</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="117" name="U203, Ssang Yong Korando 2011, 2.0, дизель, МКПП" descr="U203, Ssang Yong Korando 2011, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId117"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>104</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="118" name="W323, Ford Kuga 2013, 2.0, дизель, МКПП" descr="W323, Ford Kuga 2013, 2.0, дизель, МКПП"/>
+      <xdr:row>110</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="118" name="Y149, Suzuki Grand Vitara 2016, 1.6, бензин, МКПП" descr="Y149, Suzuki Grand Vitara 2016, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId118"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>105</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="119" name="Y135, Honda Civic 2008, 1.3, электро, АКПП" descr="Y135, Honda Civic 2008, 1.3, электро, АКПП"/>
+      <xdr:row>111</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="119" name="U202, Suzuki Jimny 2004, 1.3, бензин, МКПП" descr="U202, Suzuki Jimny 2004, 1.3, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId119"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>106</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="120" name="W320, Hyundai i30 2012, 1.4, бензин, МКПП" descr="W320, Hyundai i30 2012, 1.4, бензин, МКПП"/>
+      <xdr:row>112</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="120" name="Y156, Toyota Auris 2008, 1.6, бензин, МКПП" descr="Y156, Toyota Auris 2008, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId120"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>107</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="121" name="U195, Kia RIO 2011, 1.4, бензин, МКПП" descr="U195, Kia RIO 2011, 1.4, бензин, МКПП"/>
+      <xdr:row>113</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="121" name="U214, VW Phaeton 2011, 3.0, дизель, АКПП" descr="U214, VW Phaeton 2011, 3.0, дизель, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId121"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>108</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="122" name="U185, Mazda CX-5 2014, 2.2, дизель, МКПП" descr="U185, Mazda CX-5 2014, 2.2, дизель, МКПП"/>
+      <xdr:row>114</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="122" name="U210, VW Tiguan 2013, 2.0, дизель, МКПП" descr="U210, VW Tiguan 2013, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId122"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>109</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="123" name="W331, Nissan Juke 2011, 1.6, бензин, МКПП" descr="W331, Nissan Juke 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>115</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="123" name="U209, VW Touareg 2007, 3.0, дизель, АКПП" descr="U209, VW Touareg 2007, 3.0, дизель, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId123"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>110</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="124" name="W330, Nissan Note 2013, 1.4, бензин, МКПП" descr="W330, Nissan Note 2013, 1.4, бензин, МКПП"/>
+      <xdr:row>116</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="124" name="U234, VW Touareg 2009, 3.0, дизель, АКПП" descr="U234, VW Touareg 2009, 3.0, дизель, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
-        <a:stretch>
-[...118 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId128"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5583,3029 +5523,3069 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pezhon.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/47462094/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/bmw/1-series/1-series-f20f21-2011/n92-bmw-1-series-2014-16-benzin-mkpp12062024-01065656/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52061105/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/aveo/aveo-t250-2005-2011/y31-chevrolet-aveo-2010-11-benzin-mkpp06052025-03054848/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/49591985/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/spark/spark-2005-2011/y16-chevrolet-spark-2011-11-benzin-mkpp24042025-01040909/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56610975/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/dodge/caliber/caliber-2006-2011/w237-dodge-caliber-2009-20-benzin-akpp02062025-07065656/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67226924/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/f905-ford-focus-2006-16-benzin-mkpp01112024-12112020/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/58616415/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/y72-ford-focus-2008-18-benzin-mkpp25062025-02061212/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/55584234/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/j904-ford-focus-2009-18-benzin-mkpp30052024-11053434/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65862375/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/y106-ford-focus-2010-16-benzin-mkpp15082025-01084646/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64715485/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/y103-ford-focus-2008-16-benzin-akpp12082025-08083232/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/54875934/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/f813-ford-focus-2010-18-benzin-mkpp25062024-12062424/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/69545474/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/g909-ford-focus-2010-16-benzin-mkpp03102024-10103737/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/55376485/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u113-ford-fusion-2009-16-benzin-akpp02062025-07060707/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/76862624/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/f916-ford-fusion-2007-14-benzin-mkpp13112024-08111919/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/59074245/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u126-ford-fusion-2011-14-benzin-mkpp20062025-12063333/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/75375444/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/f924-ford-fusion-2009-16-benzin-akpp05122024-12122828/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52064295/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w233-ford-fusion-2007-14-benzin-mkpp26052025-10053333/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/50281235/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w208-ford-fusion-2007-14-benzin-mkpp22042025-11043232/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/61328265/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y82-ford-fusion-2008-14-benzin-mkpp15072025-12071414/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/59410265/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w268-ford-fusion-2006-16-benzin-akpp26062025-11060404/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/59112995/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w267-ford-fusion-2008-16-benzin-mkpp26062025-11063939/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/60016715/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y73-honda-civic-2007-18-benzin-akpp25062025-02064545/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71185314/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/ceed/ceed-2007-2012/f913-kia-ceed-2010-16-dizel-akpp11112024-02112929/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/49141315/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/ceed/ceed-2007-2012/u73-kia-ceed-2010-14-benzin-mkpp14042025-12041414/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/55229395/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/rio/rio-2005-2011/y56-kia-rio-2011-14-benzin-mkpp10062025-11063333/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/49574295/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/sportage/sportage-2010-2015/u89-kia-sportage-2014-17-dizel-mkpp01052025-12050101/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/60233455/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/sportage/sportage-2010-2015/u134-kia-sportage-2015-20-dizel-mkpp27062025-12060000/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64919355/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/y101-mazda-3-2007-23-benzin-mkpp12082025-07081111/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70550524/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/g903-mazda-3-2010-16-benzin-mkpp26092024-11093030/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70194884/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/g905-mazda-3-2011-16-benzin-mkpp26092024-12095252/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63614735/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/w283-mazda-3-2010-16-benzin-mkpp30072025-11072929/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66644874/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-6/mazda-6-gj-2013/n152-mazda-6-2014-22-dizel-mkpp11092024-01091010/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52660215/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-6/mazda-6-gh-2007-2012/u115-mazda-6-2011-20-benzin-mkpp02062025-07064242/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71327214/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-6/mazda-6-gj-2013/g922-mazda-6-2013-20-benzin-mkpp07102024-10100808/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/87123494/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/cx-5/cx-5-2012/w167-mazda-cx-5-2015-22-dizel-mkpp09032025-09032323/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63387735/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/lancer/lancer-cxcy-2007/u162-mitsubishi-lancer-2010-15-benzin-mkpp12082025-11081515/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/58462595/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/juke/juke-f15-2011/y70-nissan-juke-2012-16-benzin-mkpp19062025-11063030/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/57430875/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y68-nissan-note-2012-14-benzin-mkpp19062025-03063232/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65299705/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y97-nissan-note-2006-16-benzin-mkpp04082025-01082323/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56820805/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j11-2014/w243-nissan-qashqai-2014-11-benzin-mkpp05062025-11065353/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71926134/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/x-trail/x-trail-t31-2007-2014/f903-nissan-x-trail-2011-20-dizel-mkpp24102024-12105050/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/73443454/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/x-trail/x-trail-t31-2007-2014/f904-nissan-x-trail-2010-20-dizel-mkpp24102024-12101414/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/57194275/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/opel/astra/astra-h-family-2004/w247-opel-astra-2007-18-benzin-akpp10062025-11064040/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66423295/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/peugeot/308/308-2007/y109-peugeot-308-2011-16-benzin-mkpp15082025-01081313/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/82726584/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e18-2012/f933-toyota-auris-2007-16-benzin-mkpp17122024-12123333/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/55723495/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e15-2006-2012/y63-toyota-auris-2007-16-benzin-mkpp19062025-11064444/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56124625/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/celica/celica-zt23-1999-2005/y43-toyota-celica-2002-18-benzin-mkpp22052025-12054848/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/74409154/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/rav-4/rav-4-2000-2005/g943-toyota-rav-4-2005-20-benzin-mkpp24102024-11102323/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/78980304/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/f928-ford-focus-2011-16-benzin-mkpp05122024-11121010/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/60050815/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/u156-ford-focus-2008-16-benzin-mkpp04082025-12080303/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/45511785/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u51-ford-fusion-2008-16-benzin-akpp17032025-05030909/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68106445/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/lacetti/lacetti-2003/y118-chevrolet-lacetti-2010-18-benzin-akpp28082025-12080707/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66807115/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/citroen/c-crosser/c-crosser-2008/u174-citroen-c-crosser-2008-22-dizel-mkpp27082025-10083232/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67573085/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/citroen/c4/c4-2005-2011/u173-citroen-c4-2006-16-benzin-mkpp27082025-10082727/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80005615/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fiesta/fiesta-2001-2007/y132-ford-fiesta-2006-11-benzin-mkpp24092025-09092525/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63299915/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/w292-ford-focus-2007-16-benzin-akpp15082025-01085151/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67167635/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w291-ford-focus-2011-16-benzin-mkpp15082025-01081717/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63959105/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w287-ford-focus-2009-16-benzin-mkpp07082025-10082323/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65846825/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w311-ford-focus-2009-18-benzin-mkpp08092025-05091414/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63983035/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u155-ford-focus-2009-16-benzin-mkpp30072025-11070404/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63794805/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u152-ford-focus-2009-16-benzin-mkpp30072025-05070101/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65671515/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u172-ford-focus-2010-16-benzin-mkpp27082025-10083737/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68985915/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-i-1998-2004/u184-ford-focus-2004-16-benzin-mkpp02092025-03093636/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67698135/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u167-ford-focus-2008-16-benzin-mkpp20082025-01082626/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/62205215/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-iii-2011/w295-ford-focus-2011-16-benzin-mkpp20082025-01085555/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67157115/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u168-ford-fusion-2008-14-benzin-mkpp20082025-08081010/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67160835/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u175-ford-fusion-2007-14-benzin-mkpp28082025-12085353/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66528185/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w296-ford-fusion-2009-14-benzin-mkpp20082025-01085353/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68302815/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/w305-honda-civic-2007-18-benzin-mkpp28082025-09084848/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66764235/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/getz/getz-2002-2010/w298-hyundai-getz-2005-11-benzin-mkpp20082025-01085555/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65110445/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/getz/getz-2002-2010/w294-hyundai-getz-2008-11-benzin-mkpp20082025-11082424/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66972085/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/ix35tucson/ix35tucson-2010-2015/y111-hyundai-ix35-2013-20-dizel-mkpp15082025-09082727/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64963885/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/y121-mazda-3-2007-16-benzin-mkpp01092025-12092020/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65867705/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/y114-mazda-3-2006-16-benzin-mkpp20082025-11081010/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64710455/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-6/mazda-6-gh-2007-2012/y110-mazda-6-2010-18-benzin-mkpp15082025-09083838/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70252355/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/cx-5/cx-5-2012/y115-mazda-cx-5-2013-22-dizel-mkpp16092025-05094646/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63543545/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/asx/asx-2010/y126-mitsubishi-asx-2011-16-benzin-mkpp15092025-12090101/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70417415/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/lancer/lancer-csclassic-2003-2006/y125-mitsubishi-lancer-2005-20-benzin-mkpp22092025-10090101/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66974305/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y123-nissan-note-2006-16-benzin-akpp13092025-12093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63885435/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/y119-nissan-qashqai-2007-16-benzin-mkpp28082025-12081515/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66855905/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/y113-nissan-qashqai-2011-16-benzin-mkpp15082025-10081919/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64913745/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/grand-vitara/grand-vitara-2006/u161-suzuki-grand-vitara-2009-24-benzin-mkpp07082025-11080101/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67884555/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/grand-vitara/grand-vitara-2006/y120-suzuki-grand-vitara-2013-24-benzin-mkpp28082025-12080303/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67691925/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/sx4/sx4-2006-2013/w306-suzuki-sx4-2011-16-benzin-mkpp28082025-11083535/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68015715/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/sx4/sx4-2006-2013/w310-suzuki-sx4-2011-16-benzin-mkpp08092025-04091717/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64386175/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/cruze/cruze-2009/u194-chevrolet-cruze-2012-18-benzin-akpp24092025-10090808/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83796155/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/orlando/orlando-2011/y133-chevrolet-orlando-2012-18-benzin-mkpp01102025-11102626/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/220681.258492/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/citroen/c4/c4-2005-2011/d893-citroen-c4-2005-16-benzin-akpp02022022-08023333/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70640885/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w328-ford-focus-2010-16-benzin-mkpp01102025-11105555/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67161565/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w326-ford-focus-2011-16-benzin-mkpp01102025-01103636/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68410125/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u197-ford-focus-2010-16-benzin-mkpp24092025-09091515/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70250815/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/u196-ford-focus-2006-20-benzin-akpp24092025-10090000/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71328775/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w319-ford-focus-2009-16-benzin-mkpp23092025-09090101/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70618685/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-iii-2011/y125-ford-focus-2012-16-benzin-akpp13092025-12095252/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67729875/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u187-ford-focus-2009-16-benzin-mkpp08092025-06092929/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71382105/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w329-ford-focus-2010-16-benzin-mkpp01102025-11104646/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67160835/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u181-ford-fusion-2007-14-benzin-mkpp02092025-03091212/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71145345/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/kuga/kuga-2012/w323-ford-kuga-2013-20-dizel-mkpp24092025-09092020/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80228995/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y135-honda-civic-2008-13-elektro-akpp05102025-10105757/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71191035/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/i30/i30-2007-2012/w320-hyundai-i30-2012-14-benzin-mkpp23092025-09093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/62242535/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/rio/rio-2005-2011/u195-kia-rio-2011-14-benzin-mkpp24092025-10095252/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70244285/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/cx-5/cx-5-2012/u185-mazda-cx-5-2014-22-dizel-mkpp08092025-05090202/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71911585/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/juke/juke-f15-2011/w331-nissan-juke-2011-16-benzin-mkpp01102025-11101616/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80042625/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/w330-nissan-note-2013-14-benzin-mkpp01102025-11103838/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/69224845/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j11-2014/w315-nissan-qashqai-2015-16-dizel-akpp16092025-06093434/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81173565/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ssang-yong/korando/korando-kj-1996/u203-ssang-yong-korando-2011-20-dizel-mkpp05102025-01103737/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80448045/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/jimny/jimny-jlx-1998-2005/u202-suzuki-jimny-2004-13-benzin-mkpp05102025-01102424/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71964855/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/w318-vw-touareg-2004-25-dizel-mkpp18092025-10090000/" TargetMode="External"/><Relationship Id="rId2ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pezhon.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/47462094/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/bmw/1-series/1-series-f20f21-2011/n92-bmw-1-series-2014-16-benzin-mkpp12062024-01065656/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52061105/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/aveo/aveo-t250-2005-2011/y31-chevrolet-aveo-2010-11-benzin-mkpp06052025-03054848/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/49591985/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/spark/spark-2005-2011/y16-chevrolet-spark-2011-11-benzin-mkpp24042025-01040909/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66807115/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/citroen/c-crosser/c-crosser-2008/u174-citroen-c-crosser-2008-22-dizel-mkpp27082025-10083232/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67573085/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/citroen/c4/c4-2005-2011/u173-citroen-c4-2006-16-benzin-mkpp27082025-10082727/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56610975/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/dodge/caliber/caliber-2006-2011/w237-dodge-caliber-2009-20-benzin-akpp02062025-07065656/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65671515/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u172-ford-focus-2010-16-benzin-mkpp27082025-10083737/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64715485/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/y103-ford-focus-2008-16-benzin-akpp12082025-08083232/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67226924/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/f905-ford-focus-2006-16-benzin-mkpp01112024-12112020/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67167635/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w291-ford-focus-2011-16-benzin-mkpp15082025-01081717/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/69545474/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/g909-ford-focus-2010-16-benzin-mkpp03102024-10103737/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/55584234/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/j904-ford-focus-2009-18-benzin-mkpp30052024-11053434/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67698135/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u167-ford-focus-2008-16-benzin-mkpp20082025-01082626/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68985915/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-i-1998-2004/u184-ford-focus-2004-16-benzin-mkpp02092025-03093636/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/54875934/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/f813-ford-focus-2010-18-benzin-mkpp25062024-12062424/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63794805/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u152-ford-focus-2009-16-benzin-mkpp30072025-05070101/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63983035/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u155-ford-focus-2009-16-benzin-mkpp30072025-11070404/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/50281235/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w208-ford-fusion-2007-14-benzin-mkpp22042025-11043232/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52064295/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w233-ford-fusion-2007-14-benzin-mkpp26052025-10053333/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67160835/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u175-ford-fusion-2007-14-benzin-mkpp28082025-12085353/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/59074245/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u126-ford-fusion-2011-14-benzin-mkpp20062025-12063333/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67157115/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u168-ford-fusion-2008-14-benzin-mkpp20082025-08081010/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/59410265/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w268-ford-fusion-2006-16-benzin-akpp26062025-11060404/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68302815/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/w305-honda-civic-2007-18-benzin-mkpp28082025-09084848/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/60016715/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y73-honda-civic-2007-18-benzin-akpp25062025-02064545/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65110445/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/getz/getz-2002-2010/w294-hyundai-getz-2008-11-benzin-mkpp20082025-11082424/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/49574295/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/sportage/sportage-2010-2015/u89-kia-sportage-2014-17-dizel-mkpp01052025-12050101/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/60233455/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/sportage/sportage-2010-2015/u134-kia-sportage-2015-20-dizel-mkpp27062025-12060000/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64919355/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/y101-mazda-3-2007-23-benzin-mkpp12082025-07081111/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63614735/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/w283-mazda-3-2010-16-benzin-mkpp30072025-11072929/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70550524/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/g903-mazda-3-2010-16-benzin-mkpp26092024-11093030/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70194884/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/g905-mazda-3-2011-16-benzin-mkpp26092024-12095252/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66644874/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-6/mazda-6-gj-2013/n152-mazda-6-2014-22-dizel-mkpp11092024-01091010/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56820805/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j11-2014/w243-nissan-qashqai-2014-11-benzin-mkpp05062025-11065353/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64913745/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/grand-vitara/grand-vitara-2006/u161-suzuki-grand-vitara-2009-24-benzin-mkpp07082025-11080101/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/82726584/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e18-2012/f933-toyota-auris-2007-16-benzin-mkpp17122024-12123333/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56124625/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/celica/celica-zt23-1999-2005/y43-toyota-celica-2002-18-benzin-mkpp22052025-12054848/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/74409154/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/rav-4/rav-4-2000-2005/g943-toyota-rav-4-2005-20-benzin-mkpp24102024-11102323/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/77079114/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/mondeo/mondeo-iii-2000-2007/g989-ford-mondeo-2005-20-dizel-mkpp02122024-04120606/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52266175/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/mondeo/mondeo-iii-2000-2007/w221-ford-mondeo-2005-18-benzin-mkpp07052025-01051515/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/58194194/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/n115-mazda-3-2009-16-benzin-mkpp18072024-09073333/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70218354/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/n158-mazda-3-2008-16-benzin-mkpp22092024-09093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/55723495/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e15-2006-2012/y63-toyota-auris-2007-16-benzin-mkpp19062025-11064444/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68106445/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/lacetti/lacetti-2003/y118-chevrolet-lacetti-2010-18-benzin-akpp28082025-12080707/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80005615/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fiesta/fiesta-2001-2007/y132-ford-fiesta-2006-11-benzin-mkpp24092025-09092525/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71328775/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w319-ford-focus-2009-16-benzin-mkpp23092025-09090101/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81046735/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/w335-ford-focus-2007-16-benzin-mkpp10102025-05102828/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67161565/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w326-ford-focus-2011-16-benzin-mkpp01102025-01103636/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70640885/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w328-ford-focus-2010-16-benzin-mkpp01102025-11105555/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71382105/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w329-ford-focus-2010-16-benzin-mkpp01102025-11104646/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71145345/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/kuga/kuga-2012/w323-ford-kuga-2013-20-dizel-mkpp24092025-09092020/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80228995/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y135-honda-civic-2008-13-elektro-akpp05102025-10105757/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71191035/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/i30/i30-2007-2012/w320-hyundai-i30-2012-14-benzin-mkpp23092025-09093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66972085/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/ix35tucson/ix35tucson-2010-2015/y111-hyundai-ix35-2013-20-dizel-mkpp15082025-09082727/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65867705/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/y114-mazda-3-2006-16-benzin-mkpp20082025-11081010/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64963885/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/y121-mazda-3-2007-16-benzin-mkpp01092025-12092020/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64710455/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-6/mazda-6-gh-2007-2012/y110-mazda-6-2010-18-benzin-mkpp15082025-09083838/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70252355/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/cx-5/cx-5-2012/y115-mazda-cx-5-2013-22-dizel-mkpp16092025-05094646/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63543545/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/asx/asx-2010/y126-mitsubishi-asx-2011-16-benzin-mkpp15092025-12090101/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70417415/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/lancer/lancer-csclassic-2003-2006/y125-mitsubishi-lancer-2005-20-benzin-mkpp22092025-10090101/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71911585/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/juke/juke-f15-2011/w331-nissan-juke-2011-16-benzin-mkpp01102025-11101616/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80042625/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/w330-nissan-note-2013-14-benzin-mkpp01102025-11103838/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66974305/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y123-nissan-note-2006-16-benzin-akpp13092025-12093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/69224845/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j11-2014/w315-nissan-qashqai-2015-16-dizel-akpp16092025-06093434/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63885435/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/y119-nissan-qashqai-2007-16-benzin-mkpp28082025-12081515/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66855905/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/y113-nissan-qashqai-2011-16-benzin-mkpp15082025-10081919/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67884555/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/grand-vitara/grand-vitara-2006/y120-suzuki-grand-vitara-2013-24-benzin-mkpp28082025-12080303/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83927025/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/tiguan/tiguan-2007-2011/w336-vw-tiguan-2009-20-dizel-mkpp10102025-05102222/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71964855/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/w318-vw-touareg-2004-25-dizel-mkpp18092025-10090000/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/land-rover/freelander/freelander-2-2007/w358-land-rover-freelander-2008-22-dizel-mkpp20112025-09115757/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85057985/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/volvo/s40/s40-2004-2012/y159-volvo-s40-2010-16-benzin-mkpp11112025-07113030/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86659345/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/audi/q3/q3-2012/u237-audi-q3-2017-14-benzin-akpp16112025-10111515/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85826725/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/audi/q3/q3-2012/u222-audi-q3-2013-20-dizel-mkpp04112025-07112424/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64386175/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/cruze/cruze-2009/u194-chevrolet-cruze-2012-18-benzin-akpp24092025-10090808/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/220681.258492/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/citroen/c4/c4-2005-2011/d893-citroen-c4-2005-16-benzin-akpp02022022-08023333/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83897015/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fiesta/fiesta-2001-2007/y148-ford-fiesta-2006-16-benzin-akpp23102025-07105757/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83963865/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w340-ford-focus-2009-16-benzin-mkpp17102025-11102525/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70614155/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-iii-2011/u216-ford-focus-2014-16-benzin-mkpp17102025-12103838/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70250815/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/u196-ford-focus-2006-20-benzin-akpp24092025-10090000/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68410125/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u197-ford-focus-2010-16-benzin-mkpp24092025-09091515/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67729875/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u187-ford-focus-2009-16-benzin-mkpp08092025-06092929/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70618685/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-iii-2011/y125-ford-focus-2012-16-benzin-akpp13092025-12095252/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86197995/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-iii-2011/w349-ford-focus-2011-16-benzin-mkpp04112025-06111515/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80489475/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y144-ford-fusion-2010-16-benzin-akpp15102025-10100404/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71376225/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w337-ford-fusion-2006-16-benzin-akpp16102025-02100909/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83920695/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u236-ford-fusion-2007-14-benzin-mkpp16112025-10110909/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80976065/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y140-ford-fusion-2007-14-benzin-mkpp11102025-01105656/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81015375/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w325-ford-fusion-2011-16-benzin-mkpp01102025-01104444/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85296345/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y154-honda-civic-2006-13-gibrid-akpp04112025-07113232/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81258615/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/coupe/coupe-gk-2002/y138-hyundai-coupe-2008-20-benzin-akpp09102025-11105252/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83953255/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/cerato/cerato-2004-2008/w346-kia-cerato-2005-20-benzin-mkpp31102025-11101212/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/62242535/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/rio/rio-2005-2011/u195-kia-rio-2011-14-benzin-mkpp24092025-10095252/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80932075/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/soul/soul-2009-2014/w350-kia-soul-2010-16-benzin-mkpp07112025-11111919/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66264165/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/sportage/sportage-2010-2015/y143-kia-sportage-2012-20-benzin-mkpp11102025-01105959/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86763715/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/land-rover/freelander/freelander-2-2007/u235-land-rover-freelander-2011-22-dizel-akpp11112025-07114747/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70244285/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/cx-5/cx-5-2012/u185-mazda-cx-5-2014-22-dizel-mkpp08092025-05090202/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66098975/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/asx/asx-2010/u192-mitsubishi-asx-2013-16-benzin-mkpp16092025-06090404/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84600585/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/lancer/lancer-csclassic-2003-2006/y152-mitsubishi-lancer-2005-16-benzin-mkpp31102025-11100707/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86246355/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y160-nissan-note-2008-14-benzin-mkpp11112025-08114242/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70418835/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/u208-nissan-qashqai-2011-16-benzin-mkpp09102025-11100000/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84439275/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/w342-nissan-qashqai-2011-16-benzin-mkpp17102025-10101616/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81173565/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ssang-yong/korando/korando-kj-1996/u203-ssang-yong-korando-2011-20-dizel-mkpp05102025-01103737/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84158435/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/grand-vitara/grand-vitara-2006/y149-suzuki-grand-vitara-2016-16-benzin-mkpp29102025-03102222/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80448045/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/jimny/jimny-jlx-1998-2005/u202-suzuki-jimny-2004-13-benzin-mkpp05102025-01102424/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85083765/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e15-2006-2012/y156-toyota-auris-2008-16-benzin-mkpp07112025-12115858/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84390325/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/phaeton/phaeton-2002/u214-vw-phaeton-2011-30-dizel-akpp16102025-01105858/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71143165/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/tiguan/tiguan-2011/u210-vw-tiguan-2013-20-dizel-mkpp11102025-02103131/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83892175/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/u209-vw-touareg-2007-30-dizel-akpp11102025-02101313/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/87404505/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/u234-vw-touareg-2009-30-dizel-akpp11112025-06111010/" TargetMode="External"/><Relationship Id="rId2ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:K115"/>
+  <dimension ref="A1:K117"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H115" sqref="H115"/>
+      <selection pane="bottomLeft" activeCell="H117" sqref="H117"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="1.42578125" hidden="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="0" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.140625" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.28515625" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.28515625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="22.5">
-      <c r="A1" s="27" t="s">
+      <c r="A1" s="28" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="28"/>
-[...1 lines deleted...]
-      <c r="D1" s="18" t="s">
+      <c r="B1" s="29"/>
+      <c r="C1" s="29"/>
+      <c r="D1" s="19" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="18"/>
-[...2 lines deleted...]
-      <c r="H1" s="15" t="s">
+      <c r="E1" s="19"/>
+      <c r="F1" s="18"/>
+      <c r="G1" s="18"/>
+      <c r="H1" s="16" t="s">
         <v>2</v>
       </c>
-      <c r="I1" s="16"/>
-      <c r="K1" s="10"/>
+      <c r="I1" s="17"/>
+      <c r="K1" s="9"/>
     </row>
     <row r="2" spans="1:11" customHeight="1" ht="15">
       <c r="A2" s="3"/>
       <c r="B2" s="3"/>
       <c r="C2" s="4"/>
-      <c r="D2" s="26" t="s">
+      <c r="D2" s="27" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="26"/>
-      <c r="F2" s="22" t="s">
+      <c r="E2" s="27"/>
+      <c r="F2" s="23" t="s">
         <v>4</v>
       </c>
-      <c r="G2" s="22"/>
-      <c r="H2" s="8" t="s">
+      <c r="G2" s="23"/>
+      <c r="H2" s="13" t="s">
         <v>5</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I2" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="J2" s="9"/>
-      <c r="K2" s="10"/>
+      <c r="J2" s="8"/>
+      <c r="K2" s="9"/>
     </row>
     <row r="3" spans="1:11" customHeight="1" ht="15">
       <c r="A3" s="3"/>
       <c r="B3" s="3"/>
       <c r="C3" s="4"/>
-      <c r="D3" s="26" t="s">
+      <c r="D3" s="27" t="s">
         <v>7</v>
       </c>
-      <c r="E3" s="26"/>
-      <c r="F3" s="22" t="s">
+      <c r="E3" s="27"/>
+      <c r="F3" s="23" t="s">
         <v>8</v>
       </c>
-      <c r="G3" s="22"/>
-      <c r="H3" s="11" t="s">
+      <c r="G3" s="23"/>
+      <c r="H3" s="10" t="s">
         <v>9</v>
       </c>
-      <c r="I3" s="9" t="s">
+      <c r="I3" s="8" t="s">
         <v>10</v>
       </c>
-      <c r="J3" s="9"/>
-      <c r="K3" s="10"/>
+      <c r="J3" s="8"/>
+      <c r="K3" s="9"/>
     </row>
     <row r="4" spans="1:11" customHeight="1" ht="15">
       <c r="A4" s="3"/>
       <c r="B4" s="3"/>
       <c r="C4" s="4"/>
-      <c r="D4" s="26" t="s">
+      <c r="D4" s="27" t="s">
         <v>11</v>
       </c>
-      <c r="E4" s="26"/>
-      <c r="F4" s="22" t="s">
+      <c r="E4" s="27"/>
+      <c r="F4" s="23" t="s">
         <v>12</v>
       </c>
-      <c r="G4" s="22"/>
-      <c r="H4" s="8" t="s">
+      <c r="G4" s="23"/>
+      <c r="H4" s="12" t="s">
         <v>13</v>
       </c>
-      <c r="I4" s="9" t="s">
+      <c r="I4" s="8" t="s">
         <v>14</v>
       </c>
-      <c r="J4" s="9"/>
-      <c r="K4" s="10"/>
+      <c r="J4" s="8"/>
+      <c r="K4" s="9"/>
     </row>
     <row r="5" spans="1:11" customHeight="1" ht="15">
       <c r="A5" s="3"/>
       <c r="B5" s="3"/>
       <c r="C5" s="4"/>
-      <c r="D5" s="26" t="s">
-[...14 lines deleted...]
-      <c r="K5" s="10"/>
+      <c r="D5" s="27"/>
+      <c r="E5" s="27"/>
+      <c r="F5" s="23"/>
+      <c r="G5" s="23"/>
+      <c r="H5" s="11"/>
+      <c r="I5" s="8"/>
+      <c r="J5" s="8"/>
+      <c r="K5" s="9"/>
     </row>
     <row r="6" spans="1:11" customHeight="1" ht="15">
       <c r="A6" s="3" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B6" s="3"/>
       <c r="C6" s="4"/>
-      <c r="D6" s="26"/>
-[...7 lines deleted...]
-      <c r="K6" s="10"/>
+      <c r="D6" s="27"/>
+      <c r="E6" s="27"/>
+      <c r="F6" s="23"/>
+      <c r="G6" s="23"/>
+      <c r="H6" s="20" t="s">
+        <v>16</v>
+      </c>
+      <c r="I6" s="20"/>
+      <c r="K6" s="9"/>
     </row>
     <row r="7" spans="1:11" customHeight="1" ht="15">
-      <c r="A7" s="25" t="s">
-[...9 lines deleted...]
-      <c r="I7" s="21"/>
+      <c r="A7" s="26" t="s">
+        <v>17</v>
+      </c>
+      <c r="B7" s="26"/>
+      <c r="C7" s="26"/>
+      <c r="D7" s="25"/>
+      <c r="E7" s="25"/>
+      <c r="F7" s="24"/>
+      <c r="G7" s="24"/>
+      <c r="H7" s="21"/>
+      <c r="I7" s="22"/>
       <c r="J7" s="1"/>
-      <c r="K7" s="10"/>
+      <c r="K7" s="9"/>
     </row>
     <row r="8" spans="1:11" customHeight="1" ht="15">
       <c r="A8" s="6"/>
       <c r="B8" s="7"/>
       <c r="C8" s="7"/>
       <c r="D8" s="7"/>
       <c r="E8" s="7"/>
       <c r="F8" s="7"/>
       <c r="G8" s="7"/>
       <c r="H8" s="7"/>
-      <c r="I8" s="13" t="s">
+      <c r="I8" s="14" t="s">
+        <v>18</v>
+      </c>
+      <c r="J8" s="15"/>
+      <c r="K8" s="9"/>
+    </row>
+    <row r="9" spans="1:11" customHeight="1" ht="56">
+      <c r="A9" s="31">
+        <v>1</v>
+      </c>
+      <c r="B9" s="31" t="s">
+        <v>19</v>
+      </c>
+      <c r="C9" s="32">
+        <v>47462094</v>
+      </c>
+      <c r="D9" s="31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" s="31" t="s">
+        <v>21</v>
+      </c>
+      <c r="F9" s="31" t="s">
         <v>22</v>
       </c>
-      <c r="J8" s="14"/>
-[...6 lines deleted...]
-      <c r="B9" s="30" t="s">
+      <c r="G9" s="33" t="s">
         <v>23</v>
       </c>
-      <c r="C9" s="31">
-[...2 lines deleted...]
-      <c r="D9" s="30" t="s">
+      <c r="H9" s="34" t="s">
         <v>24</v>
       </c>
-      <c r="E9" s="30" t="s">
+      <c r="I9" s="31" t="s">
         <v>25</v>
       </c>
-      <c r="F9" s="30" t="s">
+      <c r="J9" s="30" t="s">
         <v>26</v>
-      </c>
-[...10 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:11" customHeight="1" ht="56">
       <c r="A10" s="2">
         <v>2</v>
       </c>
       <c r="B10" s="2"/>
-      <c r="C10" s="34">
+      <c r="C10" s="35">
         <v>52061105</v>
       </c>
       <c r="D10" s="5"/>
       <c r="E10" s="2" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>28</v>
+      </c>
+      <c r="G10" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H10" s="37" t="s">
+        <v>29</v>
       </c>
       <c r="I10" s="2" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="J10" s="2"/>
     </row>
     <row r="11" spans="1:11" customHeight="1" ht="56">
       <c r="A11" s="2">
         <v>3</v>
       </c>
       <c r="B11" s="2"/>
-      <c r="C11" s="34">
+      <c r="C11" s="35">
         <v>49591985</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>31</v>
       </c>
-      <c r="F11" s="2" t="s">
-[...6 lines deleted...]
-        <v>36</v>
+      <c r="G11" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H11" s="37" t="s">
+        <v>32</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>33</v>
+      </c>
+      <c r="J11" s="39" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:11" customHeight="1" ht="56">
       <c r="A12" s="2">
         <v>4</v>
       </c>
       <c r="B12" s="2"/>
-      <c r="C12" s="34">
-        <v>56610975</v>
+      <c r="C12" s="35">
+        <v>66807115</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>40</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>36</v>
+      </c>
+      <c r="G12" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H12" s="37" t="s">
+        <v>37</v>
       </c>
       <c r="I12" s="2" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="J12" s="37"/>
+        <v>38</v>
+      </c>
+      <c r="J12" s="38"/>
     </row>
     <row r="13" spans="1:11" customHeight="1" ht="56">
       <c r="A13" s="2">
         <v>5</v>
       </c>
       <c r="B13" s="2"/>
-      <c r="C13" s="34">
-        <v>67226924</v>
+      <c r="C13" s="35">
+        <v>67573085</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>45</v>
+        <v>39</v>
+      </c>
+      <c r="G13" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H13" s="37" t="s">
+        <v>40</v>
       </c>
       <c r="I13" s="2" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="J13" s="37"/>
+        <v>41</v>
+      </c>
+      <c r="J13" s="38"/>
     </row>
     <row r="14" spans="1:11" customHeight="1" ht="56">
       <c r="A14" s="2">
         <v>6</v>
       </c>
       <c r="B14" s="2"/>
-      <c r="C14" s="34">
-        <v>58616415</v>
+      <c r="C14" s="35">
+        <v>56610975</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="F14" s="2" t="s">
+      <c r="G14" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H14" s="37" t="s">
         <v>44</v>
       </c>
-      <c r="G14" s="35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I14" s="2" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="J14" s="37"/>
+        <v>45</v>
+      </c>
+      <c r="J14" s="38"/>
     </row>
     <row r="15" spans="1:11" customHeight="1" ht="56">
       <c r="A15" s="2">
         <v>7</v>
       </c>
       <c r="B15" s="2"/>
-      <c r="C15" s="34">
-        <v>55584234</v>
+      <c r="C15" s="35">
+        <v>65671515</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-      <c r="H15" s="36" t="s">
+        <v>47</v>
+      </c>
+      <c r="G15" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H15" s="37" t="s">
+        <v>48</v>
+      </c>
+      <c r="I15" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="I15" s="2" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="J15" s="38"/>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="56">
       <c r="A16" s="2">
         <v>8</v>
       </c>
       <c r="B16" s="2"/>
-      <c r="C16" s="34">
-        <v>65862375</v>
+      <c r="C16" s="35">
+        <v>64715485</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>52</v>
+        <v>47</v>
+      </c>
+      <c r="G16" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H16" s="37" t="s">
+        <v>50</v>
       </c>
       <c r="I16" s="2" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="J16" s="37"/>
+        <v>51</v>
+      </c>
+      <c r="J16" s="38"/>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="56">
       <c r="A17" s="2">
         <v>9</v>
       </c>
       <c r="B17" s="2"/>
-      <c r="C17" s="34">
-        <v>64715485</v>
+      <c r="C17" s="35">
+        <v>67226924</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>47</v>
+      </c>
+      <c r="G17" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H17" s="37" t="s">
+        <v>52</v>
       </c>
       <c r="I17" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="J17" s="37"/>
+        <v>53</v>
+      </c>
+      <c r="J17" s="38"/>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="56">
       <c r="A18" s="2">
         <v>10</v>
       </c>
       <c r="B18" s="2"/>
-      <c r="C18" s="34">
-        <v>54875934</v>
+      <c r="C18" s="35">
+        <v>67167635</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>56</v>
+        <v>47</v>
+      </c>
+      <c r="G18" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H18" s="37" t="s">
+        <v>54</v>
       </c>
       <c r="I18" s="2" t="s">
-        <v>57</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="J18" s="38"/>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="56">
       <c r="A19" s="2">
         <v>11</v>
       </c>
       <c r="B19" s="2"/>
-      <c r="C19" s="34">
+      <c r="C19" s="35">
         <v>69545474</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>59</v>
+        <v>47</v>
+      </c>
+      <c r="G19" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H19" s="37" t="s">
+        <v>56</v>
       </c>
       <c r="I19" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="J19" s="37"/>
+        <v>57</v>
+      </c>
+      <c r="J19" s="38"/>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="56">
       <c r="A20" s="2">
         <v>12</v>
       </c>
       <c r="B20" s="2"/>
-      <c r="C20" s="34">
-        <v>55376485</v>
+      <c r="C20" s="35">
+        <v>55584234</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>47</v>
+      </c>
+      <c r="G20" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H20" s="37" t="s">
+        <v>58</v>
       </c>
       <c r="I20" s="2" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="J20" s="37"/>
+        <v>59</v>
+      </c>
+      <c r="J20" s="39" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="56">
       <c r="A21" s="2">
         <v>13</v>
       </c>
       <c r="B21" s="2"/>
-      <c r="C21" s="34">
-        <v>76862624</v>
+      <c r="C21" s="35">
+        <v>67698135</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F21" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="G21" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H21" s="37" t="s">
         <v>61</v>
       </c>
-      <c r="G21" s="35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I21" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="J21" s="37"/>
+        <v>62</v>
+      </c>
+      <c r="J21" s="38"/>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="56">
       <c r="A22" s="2">
         <v>14</v>
       </c>
       <c r="B22" s="2"/>
-      <c r="C22" s="34">
-        <v>59074245</v>
+      <c r="C22" s="35">
+        <v>68985915</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>66</v>
+        <v>47</v>
+      </c>
+      <c r="G22" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H22" s="37" t="s">
+        <v>63</v>
       </c>
       <c r="I22" s="2" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="J22" s="37"/>
+        <v>64</v>
+      </c>
+      <c r="J22" s="38"/>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="56">
       <c r="A23" s="2">
         <v>15</v>
       </c>
       <c r="B23" s="2"/>
-      <c r="C23" s="34">
-        <v>75375444</v>
+      <c r="C23" s="35">
+        <v>54875934</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>47</v>
+      </c>
+      <c r="G23" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H23" s="37" t="s">
+        <v>65</v>
       </c>
       <c r="I23" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="J23" s="37"/>
+        <v>66</v>
+      </c>
+      <c r="J23" s="39" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="56">
       <c r="A24" s="2">
         <v>16</v>
       </c>
       <c r="B24" s="2"/>
-      <c r="C24" s="34">
-        <v>52064295</v>
+      <c r="C24" s="35">
+        <v>63794805</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>70</v>
+        <v>47</v>
+      </c>
+      <c r="G24" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H24" s="37" t="s">
+        <v>68</v>
       </c>
       <c r="I24" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="J24" s="37"/>
+        <v>69</v>
+      </c>
+      <c r="J24" s="38"/>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="56">
       <c r="A25" s="2">
         <v>17</v>
       </c>
       <c r="B25" s="2"/>
-      <c r="C25" s="34">
-        <v>50281235</v>
+      <c r="C25" s="35">
+        <v>63983035</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>61</v>
-[...5 lines deleted...]
-        <v>72</v>
+        <v>47</v>
+      </c>
+      <c r="G25" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H25" s="37" t="s">
+        <v>70</v>
       </c>
       <c r="I25" s="2" t="s">
-        <v>73</v>
-[...3 lines deleted...]
-      </c>
+        <v>71</v>
+      </c>
+      <c r="J25" s="38"/>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="56">
       <c r="A26" s="2">
         <v>18</v>
       </c>
       <c r="B26" s="2"/>
-      <c r="C26" s="34">
-        <v>61328265</v>
+      <c r="C26" s="35">
+        <v>50281235</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-      <c r="H26" s="36" t="s">
+        <v>72</v>
+      </c>
+      <c r="G26" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H26" s="37" t="s">
+        <v>73</v>
+      </c>
+      <c r="I26" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="J26" s="39" t="s">
         <v>75</v>
       </c>
-      <c r="I26" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J26" s="37"/>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="56">
       <c r="A27" s="2">
         <v>19</v>
       </c>
       <c r="B27" s="2"/>
-      <c r="C27" s="34">
-        <v>59410265</v>
+      <c r="C27" s="35">
+        <v>52064295</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-      <c r="H27" s="36" t="s">
+        <v>72</v>
+      </c>
+      <c r="G27" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H27" s="37" t="s">
+        <v>76</v>
+      </c>
+      <c r="I27" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="I27" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J27" s="37"/>
+      <c r="J27" s="38"/>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="56">
       <c r="A28" s="2">
         <v>20</v>
       </c>
       <c r="B28" s="2"/>
-      <c r="C28" s="34">
-        <v>59112995</v>
+      <c r="C28" s="35">
+        <v>67160835</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>61</v>
-[...4 lines deleted...]
-      <c r="H28" s="36" t="s">
+        <v>72</v>
+      </c>
+      <c r="G28" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H28" s="37" t="s">
+        <v>78</v>
+      </c>
+      <c r="I28" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="I28" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J28" s="37"/>
+      <c r="J28" s="38"/>
     </row>
     <row r="29" spans="1:11" customHeight="1" ht="56">
       <c r="A29" s="2">
         <v>21</v>
       </c>
       <c r="B29" s="2"/>
-      <c r="C29" s="34">
-        <v>60016715</v>
+      <c r="C29" s="35">
+        <v>59074245</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F29" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="G29" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H29" s="37" t="s">
+        <v>80</v>
+      </c>
+      <c r="I29" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="F29" s="2" t="s">
-[...11 lines deleted...]
-      <c r="J29" s="37"/>
+      <c r="J29" s="38"/>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="56">
       <c r="A30" s="2">
         <v>22</v>
       </c>
       <c r="B30" s="2"/>
-      <c r="C30" s="34">
-        <v>71185314</v>
+      <c r="C30" s="35">
+        <v>67157115</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>85</v>
+        <v>46</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>86</v>
-[...5 lines deleted...]
-        <v>87</v>
+        <v>72</v>
+      </c>
+      <c r="G30" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H30" s="37" t="s">
+        <v>82</v>
       </c>
       <c r="I30" s="2" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="J30" s="37"/>
+        <v>83</v>
+      </c>
+      <c r="J30" s="38"/>
     </row>
     <row r="31" spans="1:11" customHeight="1" ht="56">
       <c r="A31" s="2">
         <v>23</v>
       </c>
       <c r="B31" s="2"/>
-      <c r="C31" s="34">
-        <v>49141315</v>
+      <c r="C31" s="35">
+        <v>59410265</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="G31" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H31" s="37" t="s">
+        <v>84</v>
+      </c>
+      <c r="I31" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="F31" s="2" t="s">
-[...11 lines deleted...]
-      <c r="J31" s="37"/>
+      <c r="J31" s="38"/>
     </row>
     <row r="32" spans="1:11" customHeight="1" ht="56">
       <c r="A32" s="2">
         <v>24</v>
       </c>
       <c r="B32" s="2"/>
-      <c r="C32" s="34">
-        <v>55229395</v>
+      <c r="C32" s="35">
+        <v>68302815</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>91</v>
-[...5 lines deleted...]
-        <v>92</v>
+        <v>87</v>
+      </c>
+      <c r="G32" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H32" s="37" t="s">
+        <v>88</v>
       </c>
       <c r="I32" s="2" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="J32" s="37"/>
+        <v>89</v>
+      </c>
+      <c r="J32" s="38"/>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="56">
       <c r="A33" s="2">
         <v>25</v>
       </c>
       <c r="B33" s="2"/>
-      <c r="C33" s="34">
-        <v>49574295</v>
+      <c r="C33" s="35">
+        <v>60016715</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>94</v>
-[...5 lines deleted...]
-        <v>95</v>
+        <v>87</v>
+      </c>
+      <c r="G33" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H33" s="37" t="s">
+        <v>90</v>
       </c>
       <c r="I33" s="2" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="J33" s="37"/>
+        <v>91</v>
+      </c>
+      <c r="J33" s="38"/>
     </row>
     <row r="34" spans="1:11" customHeight="1" ht="56">
       <c r="A34" s="2">
         <v>26</v>
       </c>
       <c r="B34" s="2"/>
-      <c r="C34" s="34">
-        <v>60233455</v>
+      <c r="C34" s="35">
+        <v>65110445</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="F34" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="G34" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H34" s="37" t="s">
         <v>94</v>
       </c>
-      <c r="G34" s="35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I34" s="2" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="J34" s="37"/>
+        <v>95</v>
+      </c>
+      <c r="J34" s="38"/>
     </row>
     <row r="35" spans="1:11" customHeight="1" ht="56">
       <c r="A35" s="2">
         <v>27</v>
       </c>
       <c r="B35" s="2"/>
-      <c r="C35" s="34">
-        <v>64919355</v>
+      <c r="C35" s="35">
+        <v>49574295</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
+        <v>96</v>
+      </c>
+      <c r="F35" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="G35" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H35" s="37" t="s">
+        <v>98</v>
+      </c>
+      <c r="I35" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="F35" s="2">
-[...11 lines deleted...]
-      <c r="J35" s="37"/>
+      <c r="J35" s="38"/>
     </row>
     <row r="36" spans="1:11" customHeight="1" ht="56">
       <c r="A36" s="2">
         <v>28</v>
       </c>
       <c r="B36" s="2"/>
-      <c r="C36" s="34">
-        <v>70550524</v>
+      <c r="C36" s="35">
+        <v>60233455</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>99</v>
-[...8 lines deleted...]
-        <v>102</v>
+        <v>96</v>
+      </c>
+      <c r="F36" s="2" t="s">
+        <v>97</v>
+      </c>
+      <c r="G36" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H36" s="37" t="s">
+        <v>100</v>
       </c>
       <c r="I36" s="2" t="s">
-        <v>103</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="J36" s="38"/>
     </row>
     <row r="37" spans="1:11" customHeight="1" ht="56">
       <c r="A37" s="2">
         <v>29</v>
       </c>
       <c r="B37" s="2"/>
-      <c r="C37" s="34">
-        <v>70194884</v>
+      <c r="C37" s="35">
+        <v>64919355</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F37" s="2">
         <v>3</v>
       </c>
-      <c r="G37" s="35" t="s">
-[...3 lines deleted...]
-        <v>105</v>
+      <c r="G37" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H37" s="37" t="s">
+        <v>103</v>
       </c>
       <c r="I37" s="2" t="s">
-        <v>106</v>
-[...3 lines deleted...]
-      </c>
+        <v>104</v>
+      </c>
+      <c r="J37" s="38"/>
     </row>
     <row r="38" spans="1:11" customHeight="1" ht="56">
       <c r="A38" s="2">
         <v>30</v>
       </c>
       <c r="B38" s="2"/>
-      <c r="C38" s="34">
+      <c r="C38" s="35">
         <v>63614735</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F38" s="2">
         <v>3</v>
       </c>
-      <c r="G38" s="35" t="s">
-[...3 lines deleted...]
-        <v>108</v>
+      <c r="G38" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H38" s="37" t="s">
+        <v>105</v>
       </c>
       <c r="I38" s="2" t="s">
-        <v>109</v>
-[...1 lines deleted...]
-      <c r="J38" s="37"/>
+        <v>106</v>
+      </c>
+      <c r="J38" s="38"/>
     </row>
     <row r="39" spans="1:11" customHeight="1" ht="56">
       <c r="A39" s="2">
         <v>31</v>
       </c>
       <c r="B39" s="2"/>
-      <c r="C39" s="34">
-        <v>66644874</v>
+      <c r="C39" s="35">
+        <v>70550524</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F39" s="2">
-        <v>6</v>
-[...5 lines deleted...]
-        <v>110</v>
+        <v>3</v>
+      </c>
+      <c r="G39" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H39" s="37" t="s">
+        <v>107</v>
       </c>
       <c r="I39" s="2" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="J39" s="37"/>
+        <v>108</v>
+      </c>
+      <c r="J39" s="39" t="s">
+        <v>109</v>
+      </c>
     </row>
     <row r="40" spans="1:11" customHeight="1" ht="56">
       <c r="A40" s="2">
         <v>32</v>
       </c>
       <c r="B40" s="2"/>
-      <c r="C40" s="34">
-        <v>52660215</v>
+      <c r="C40" s="35">
+        <v>70194884</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F40" s="2">
-        <v>6</v>
-[...4 lines deleted...]
-      <c r="H40" s="36" t="s">
+        <v>3</v>
+      </c>
+      <c r="G40" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H40" s="37" t="s">
+        <v>110</v>
+      </c>
+      <c r="I40" s="2" t="s">
+        <v>111</v>
+      </c>
+      <c r="J40" s="39" t="s">
         <v>112</v>
       </c>
-      <c r="I40" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J40" s="37"/>
     </row>
     <row r="41" spans="1:11" customHeight="1" ht="56">
       <c r="A41" s="2">
         <v>33</v>
       </c>
       <c r="B41" s="2"/>
-      <c r="C41" s="34">
-        <v>71327214</v>
+      <c r="C41" s="35">
+        <v>66644874</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="F41" s="2">
         <v>6</v>
       </c>
-      <c r="G41" s="35" t="s">
-[...2 lines deleted...]
-      <c r="H41" s="36" t="s">
+      <c r="G41" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H41" s="37" t="s">
+        <v>113</v>
+      </c>
+      <c r="I41" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="I41" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J41" s="37"/>
+      <c r="J41" s="38"/>
     </row>
     <row r="42" spans="1:11" customHeight="1" ht="56">
       <c r="A42" s="2">
         <v>34</v>
       </c>
       <c r="B42" s="2"/>
-      <c r="C42" s="34">
-        <v>87123494</v>
+      <c r="C42" s="35">
+        <v>56820805</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>116</v>
       </c>
-      <c r="G42" s="35" t="s">
-[...2 lines deleted...]
-      <c r="H42" s="36" t="s">
+      <c r="G42" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H42" s="37" t="s">
         <v>117</v>
       </c>
       <c r="I42" s="2" t="s">
         <v>118</v>
       </c>
-      <c r="J42" s="37"/>
+      <c r="J42" s="38"/>
     </row>
     <row r="43" spans="1:11" customHeight="1" ht="56">
       <c r="A43" s="2">
         <v>35</v>
       </c>
       <c r="B43" s="2"/>
-      <c r="C43" s="34">
-        <v>63387735</v>
+      <c r="C43" s="35">
+        <v>64913745</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
         <v>119</v>
       </c>
       <c r="F43" s="2" t="s">
         <v>120</v>
       </c>
-      <c r="G43" s="35" t="s">
-[...2 lines deleted...]
-      <c r="H43" s="36" t="s">
+      <c r="G43" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H43" s="37" t="s">
         <v>121</v>
       </c>
       <c r="I43" s="2" t="s">
         <v>122</v>
       </c>
-      <c r="J43" s="37"/>
+      <c r="J43" s="38"/>
     </row>
     <row r="44" spans="1:11" customHeight="1" ht="56">
       <c r="A44" s="2">
         <v>36</v>
       </c>
       <c r="B44" s="2"/>
-      <c r="C44" s="34">
-        <v>58462595</v>
+      <c r="C44" s="35">
+        <v>82726584</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F44" s="2" t="s">
         <v>124</v>
       </c>
-      <c r="G44" s="35" t="s">
-[...2 lines deleted...]
-      <c r="H44" s="36" t="s">
+      <c r="G44" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H44" s="37" t="s">
         <v>125</v>
       </c>
       <c r="I44" s="2" t="s">
         <v>126</v>
       </c>
-      <c r="J44" s="37"/>
+      <c r="J44" s="38"/>
     </row>
     <row r="45" spans="1:11" customHeight="1" ht="56">
       <c r="A45" s="2">
         <v>37</v>
       </c>
       <c r="B45" s="2"/>
-      <c r="C45" s="34">
-        <v>57430875</v>
+      <c r="C45" s="35">
+        <v>56124625</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F45" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="G45" s="35" t="s">
-[...2 lines deleted...]
-      <c r="H45" s="36" t="s">
+      <c r="G45" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H45" s="37" t="s">
         <v>128</v>
       </c>
       <c r="I45" s="2" t="s">
         <v>129</v>
       </c>
-      <c r="J45" s="37"/>
+      <c r="J45" s="38"/>
     </row>
     <row r="46" spans="1:11" customHeight="1" ht="56">
       <c r="A46" s="2">
         <v>38</v>
       </c>
       <c r="B46" s="2"/>
-      <c r="C46" s="34">
-        <v>65299705</v>
+      <c r="C46" s="35">
+        <v>74409154</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
         <v>123</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>127</v>
-[...4 lines deleted...]
-      <c r="H46" s="36" t="s">
         <v>130</v>
       </c>
+      <c r="G46" s="36" t="s">
+        <v>23</v>
+      </c>
+      <c r="H46" s="37" t="s">
+        <v>131</v>
+      </c>
       <c r="I46" s="2" t="s">
-        <v>131</v>
-[...1 lines deleted...]
-      <c r="J46" s="37"/>
+        <v>132</v>
+      </c>
+      <c r="J46" s="38"/>
     </row>
     <row r="47" spans="1:11" customHeight="1" ht="56">
       <c r="A47" s="2">
         <v>39</v>
       </c>
       <c r="B47" s="2"/>
-      <c r="C47" s="34">
-        <v>56820805</v>
+      <c r="C47" s="35">
+        <v>77079114</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>123</v>
+        <v>46</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>132</v>
-[...4 lines deleted...]
-      <c r="H47" s="36" t="s">
         <v>133</v>
       </c>
+      <c r="G47" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H47" s="37" t="s">
+        <v>134</v>
+      </c>
       <c r="I47" s="2" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="J47" s="37"/>
+        <v>135</v>
+      </c>
+      <c r="J47" s="38"/>
     </row>
     <row r="48" spans="1:11" customHeight="1" ht="56">
       <c r="A48" s="2">
         <v>40</v>
       </c>
       <c r="B48" s="2"/>
-      <c r="C48" s="34">
-        <v>71926134</v>
+      <c r="C48" s="35">
+        <v>52266175</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>123</v>
+        <v>46</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>135</v>
-[...4 lines deleted...]
-      <c r="H48" s="36" t="s">
+        <v>133</v>
+      </c>
+      <c r="G48" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H48" s="37" t="s">
         <v>136</v>
       </c>
       <c r="I48" s="2" t="s">
         <v>137</v>
       </c>
-      <c r="J48" s="37"/>
+      <c r="J48" s="38"/>
     </row>
     <row r="49" spans="1:11" customHeight="1" ht="56">
       <c r="A49" s="2">
         <v>41</v>
       </c>
       <c r="B49" s="2"/>
-      <c r="C49" s="34">
-        <v>73443454</v>
+      <c r="C49" s="35">
+        <v>58194194</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>123</v>
-[...7 lines deleted...]
-      <c r="H49" s="36" t="s">
+        <v>102</v>
+      </c>
+      <c r="F49" s="2">
+        <v>3</v>
+      </c>
+      <c r="G49" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H49" s="37" t="s">
         <v>138</v>
       </c>
       <c r="I49" s="2" t="s">
         <v>139</v>
       </c>
-      <c r="J49" s="37"/>
+      <c r="J49" s="38"/>
     </row>
     <row r="50" spans="1:11" customHeight="1" ht="56">
       <c r="A50" s="2">
         <v>42</v>
       </c>
       <c r="B50" s="2"/>
-      <c r="C50" s="34">
-        <v>57194275</v>
+      <c r="C50" s="35">
+        <v>70218354</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F50" s="2">
+        <v>3</v>
+      </c>
+      <c r="G50" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H50" s="37" t="s">
         <v>140</v>
       </c>
-      <c r="F50" s="2" t="s">
+      <c r="I50" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="G50" s="35" t="s">
-[...8 lines deleted...]
-      <c r="J50" s="37"/>
+      <c r="J50" s="38"/>
     </row>
     <row r="51" spans="1:11" customHeight="1" ht="56">
       <c r="A51" s="2">
         <v>43</v>
       </c>
       <c r="B51" s="2"/>
-      <c r="C51" s="34">
-        <v>66423295</v>
+      <c r="C51" s="35">
+        <v>55723495</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>144</v>
-[...8 lines deleted...]
-        <v>145</v>
+        <v>123</v>
+      </c>
+      <c r="F51" s="2" t="s">
+        <v>124</v>
+      </c>
+      <c r="G51" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H51" s="37" t="s">
+        <v>142</v>
       </c>
       <c r="I51" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="J51" s="37"/>
+        <v>143</v>
+      </c>
+      <c r="J51" s="38"/>
     </row>
     <row r="52" spans="1:11" customHeight="1" ht="56">
       <c r="A52" s="2">
         <v>44</v>
       </c>
       <c r="B52" s="2"/>
-      <c r="C52" s="34">
-        <v>82726584</v>
+      <c r="C52" s="35">
+        <v>68106445</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="G52" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="H52" s="37" t="s">
         <v>146</v>
       </c>
-      <c r="F52" s="2" t="s">
+      <c r="I52" s="2" t="s">
         <v>147</v>
       </c>
-      <c r="G52" s="35" t="s">
-[...8 lines deleted...]
-      <c r="J52" s="37"/>
+      <c r="J52" s="38"/>
     </row>
     <row r="53" spans="1:11" customHeight="1" ht="56">
       <c r="A53" s="2">
         <v>45</v>
       </c>
       <c r="B53" s="2"/>
-      <c r="C53" s="34">
-        <v>55723495</v>
+      <c r="C53" s="35">
+        <v>80005615</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>146</v>
+        <v>46</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>147</v>
-[...4 lines deleted...]
-      <c r="H53" s="36" t="s">
+        <v>148</v>
+      </c>
+      <c r="G53" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="H53" s="37" t="s">
+        <v>149</v>
+      </c>
+      <c r="I53" s="2" t="s">
         <v>150</v>
       </c>
-      <c r="I53" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J53" s="37"/>
+      <c r="J53" s="38"/>
     </row>
     <row r="54" spans="1:11" customHeight="1" ht="56">
       <c r="A54" s="2">
         <v>46</v>
       </c>
       <c r="B54" s="2"/>
-      <c r="C54" s="34">
-        <v>56124625</v>
+      <c r="C54" s="35">
+        <v>71328775</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>146</v>
+        <v>46</v>
       </c>
       <c r="F54" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="G54" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="H54" s="37" t="s">
         <v>152</v>
       </c>
-      <c r="G54" s="35" t="s">
-[...2 lines deleted...]
-      <c r="H54" s="36" t="s">
+      <c r="I54" s="2" t="s">
         <v>153</v>
       </c>
-      <c r="I54" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J54" s="37"/>
+      <c r="J54" s="38"/>
     </row>
     <row r="55" spans="1:11" customHeight="1" ht="56">
       <c r="A55" s="2">
         <v>47</v>
       </c>
       <c r="B55" s="2"/>
-      <c r="C55" s="34">
-        <v>74409154</v>
+      <c r="C55" s="35">
+        <v>81046735</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>146</v>
+        <v>46</v>
       </c>
       <c r="F55" s="2" t="s">
+        <v>47</v>
+      </c>
+      <c r="G55" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="H55" s="37" t="s">
+        <v>154</v>
+      </c>
+      <c r="I55" s="2" t="s">
         <v>155</v>
       </c>
-      <c r="G55" s="35" t="s">
-[...8 lines deleted...]
-      <c r="J55" s="37"/>
+      <c r="J55" s="38"/>
     </row>
     <row r="56" spans="1:11" customHeight="1" ht="56">
       <c r="A56" s="2">
         <v>48</v>
       </c>
       <c r="B56" s="2"/>
-      <c r="C56" s="34">
-        <v>78980304</v>
+      <c r="C56" s="35">
+        <v>67161565</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>151</v>
+      </c>
+      <c r="H56" s="37" t="s">
+        <v>156</v>
       </c>
       <c r="I56" s="2" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="J56" s="37"/>
+        <v>157</v>
+      </c>
+      <c r="J56" s="38"/>
     </row>
     <row r="57" spans="1:11" customHeight="1" ht="56">
       <c r="A57" s="2">
         <v>49</v>
       </c>
       <c r="B57" s="2"/>
-      <c r="C57" s="34">
-        <v>60050815</v>
+      <c r="C57" s="35">
+        <v>70640885</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>44</v>
+        <v>47</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>160</v>
+        <v>151</v>
+      </c>
+      <c r="H57" s="37" t="s">
+        <v>158</v>
       </c>
       <c r="I57" s="2" t="s">
-        <v>161</v>
-[...1 lines deleted...]
-      <c r="J57" s="37"/>
+        <v>157</v>
+      </c>
+      <c r="J57" s="38"/>
     </row>
     <row r="58" spans="1:11" customHeight="1" ht="56">
       <c r="A58" s="2">
         <v>50</v>
       </c>
       <c r="B58" s="2"/>
-      <c r="C58" s="34">
-        <v>45511785</v>
+      <c r="C58" s="35">
+        <v>71382105</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>61</v>
+        <v>47</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>151</v>
+      </c>
+      <c r="H58" s="37" t="s">
+        <v>159</v>
       </c>
       <c r="I58" s="2" t="s">
-        <v>163</v>
-[...3 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="J58" s="38"/>
     </row>
     <row r="59" spans="1:11" customHeight="1" ht="56">
       <c r="A59" s="2">
         <v>51</v>
       </c>
       <c r="B59" s="2"/>
-      <c r="C59" s="34">
-        <v>68106445</v>
+      <c r="C59" s="35">
+        <v>71145345</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>167</v>
+        <v>151</v>
+      </c>
+      <c r="H59" s="37" t="s">
+        <v>161</v>
       </c>
       <c r="I59" s="2" t="s">
-        <v>168</v>
-[...1 lines deleted...]
-      <c r="J59" s="37"/>
+        <v>162</v>
+      </c>
+      <c r="J59" s="38"/>
     </row>
     <row r="60" spans="1:11" customHeight="1" ht="56">
       <c r="A60" s="2">
         <v>52</v>
       </c>
       <c r="B60" s="2"/>
-      <c r="C60" s="34">
-        <v>66807115</v>
+      <c r="C60" s="35">
+        <v>80228995</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>169</v>
+        <v>86</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>170</v>
+        <v>87</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>172</v>
+        <v>145</v>
+      </c>
+      <c r="H60" s="37" t="s">
+        <v>163</v>
       </c>
       <c r="I60" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="J60" s="37"/>
+        <v>164</v>
+      </c>
+      <c r="J60" s="38"/>
     </row>
     <row r="61" spans="1:11" customHeight="1" ht="56">
       <c r="A61" s="2">
         <v>53</v>
       </c>
       <c r="B61" s="2"/>
-      <c r="C61" s="34">
-        <v>67573085</v>
+      <c r="C61" s="35">
+        <v>71191035</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>169</v>
+        <v>92</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>174</v>
+        <v>165</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>175</v>
+        <v>151</v>
+      </c>
+      <c r="H61" s="37" t="s">
+        <v>166</v>
       </c>
       <c r="I61" s="2" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="J61" s="37"/>
+        <v>153</v>
+      </c>
+      <c r="J61" s="38"/>
     </row>
     <row r="62" spans="1:11" customHeight="1" ht="56">
       <c r="A62" s="2">
         <v>54</v>
       </c>
       <c r="B62" s="2"/>
-      <c r="C62" s="34">
-        <v>80005615</v>
+      <c r="C62" s="35">
+        <v>66972085</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>43</v>
+        <v>92</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>145</v>
+      </c>
+      <c r="H62" s="37" t="s">
+        <v>168</v>
       </c>
       <c r="I62" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="J62" s="37"/>
+        <v>169</v>
+      </c>
+      <c r="J62" s="38"/>
     </row>
     <row r="63" spans="1:11" customHeight="1" ht="56">
       <c r="A63" s="2">
         <v>55</v>
       </c>
       <c r="B63" s="2"/>
-      <c r="C63" s="34">
-        <v>63299915</v>
+      <c r="C63" s="35">
+        <v>65867705</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>102</v>
+      </c>
+      <c r="F63" s="2">
+        <v>3</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>180</v>
+        <v>145</v>
+      </c>
+      <c r="H63" s="37" t="s">
+        <v>170</v>
       </c>
       <c r="I63" s="2" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="J63" s="37"/>
+        <v>171</v>
+      </c>
+      <c r="J63" s="38"/>
     </row>
     <row r="64" spans="1:11" customHeight="1" ht="56">
       <c r="A64" s="2">
         <v>56</v>
       </c>
       <c r="B64" s="2"/>
-      <c r="C64" s="34">
-        <v>67167635</v>
+      <c r="C64" s="35">
+        <v>64963885</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>102</v>
+      </c>
+      <c r="F64" s="2">
+        <v>3</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>181</v>
+        <v>145</v>
+      </c>
+      <c r="H64" s="37" t="s">
+        <v>172</v>
       </c>
       <c r="I64" s="2" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="J64" s="37"/>
+        <v>173</v>
+      </c>
+      <c r="J64" s="38"/>
     </row>
     <row r="65" spans="1:11" customHeight="1" ht="56">
       <c r="A65" s="2">
         <v>57</v>
       </c>
       <c r="B65" s="2"/>
-      <c r="C65" s="34">
-        <v>63959105</v>
+      <c r="C65" s="35">
+        <v>64710455</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>102</v>
+      </c>
+      <c r="F65" s="2">
+        <v>6</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>183</v>
+        <v>145</v>
+      </c>
+      <c r="H65" s="37" t="s">
+        <v>174</v>
       </c>
       <c r="I65" s="2" t="s">
-        <v>176</v>
-[...1 lines deleted...]
-      <c r="J65" s="37"/>
+        <v>175</v>
+      </c>
+      <c r="J65" s="38"/>
     </row>
     <row r="66" spans="1:11" customHeight="1" ht="56">
       <c r="A66" s="2">
         <v>58</v>
       </c>
       <c r="B66" s="2"/>
-      <c r="C66" s="34">
-        <v>65846825</v>
+      <c r="C66" s="35">
+        <v>70252355</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>43</v>
+        <v>102</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>44</v>
+        <v>176</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>145</v>
+      </c>
+      <c r="H66" s="37" t="s">
+        <v>177</v>
       </c>
       <c r="I66" s="2" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="J66" s="37"/>
+        <v>178</v>
+      </c>
+      <c r="J66" s="38"/>
     </row>
     <row r="67" spans="1:11" customHeight="1" ht="56">
       <c r="A67" s="2">
         <v>59</v>
       </c>
       <c r="B67" s="2"/>
-      <c r="C67" s="34">
-        <v>63983035</v>
+      <c r="C67" s="35">
+        <v>63543545</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>43</v>
+        <v>179</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>44</v>
+        <v>180</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>186</v>
+        <v>145</v>
+      </c>
+      <c r="H67" s="37" t="s">
+        <v>181</v>
       </c>
       <c r="I67" s="2" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="J67" s="37"/>
+        <v>182</v>
+      </c>
+      <c r="J67" s="38"/>
     </row>
     <row r="68" spans="1:11" customHeight="1" ht="56">
       <c r="A68" s="2">
         <v>60</v>
       </c>
       <c r="B68" s="2"/>
-      <c r="C68" s="34">
-        <v>63794805</v>
+      <c r="C68" s="35">
+        <v>70417415</v>
       </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>43</v>
+        <v>179</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>44</v>
+        <v>183</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>145</v>
+      </c>
+      <c r="H68" s="37" t="s">
+        <v>184</v>
       </c>
       <c r="I68" s="2" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="J68" s="37"/>
+        <v>185</v>
+      </c>
+      <c r="J68" s="38"/>
     </row>
     <row r="69" spans="1:11" customHeight="1" ht="56">
       <c r="A69" s="2">
         <v>61</v>
       </c>
       <c r="B69" s="2"/>
-      <c r="C69" s="34">
-        <v>65671515</v>
+      <c r="C69" s="35">
+        <v>71911585</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>44</v>
+        <v>186</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>151</v>
+      </c>
+      <c r="H69" s="37" t="s">
+        <v>187</v>
       </c>
       <c r="I69" s="2" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="J69" s="37"/>
+        <v>188</v>
+      </c>
+      <c r="J69" s="38"/>
     </row>
     <row r="70" spans="1:11" customHeight="1" ht="56">
       <c r="A70" s="2">
         <v>62</v>
       </c>
       <c r="B70" s="2"/>
-      <c r="C70" s="34">
-        <v>68985915</v>
+      <c r="C70" s="35">
+        <v>80042625</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>44</v>
+        <v>189</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>151</v>
+      </c>
+      <c r="H70" s="37" t="s">
+        <v>190</v>
       </c>
       <c r="I70" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="J70" s="37"/>
+        <v>191</v>
+      </c>
+      <c r="J70" s="38"/>
     </row>
     <row r="71" spans="1:11" customHeight="1" ht="56">
       <c r="A71" s="2">
         <v>63</v>
       </c>
       <c r="B71" s="2"/>
-      <c r="C71" s="34">
-        <v>67698135</v>
+      <c r="C71" s="35">
+        <v>66974305</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>44</v>
+        <v>189</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>145</v>
+      </c>
+      <c r="H71" s="37" t="s">
+        <v>192</v>
       </c>
       <c r="I71" s="2" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="J71" s="37"/>
+        <v>193</v>
+      </c>
+      <c r="J71" s="38"/>
     </row>
     <row r="72" spans="1:11" customHeight="1" ht="56">
       <c r="A72" s="2">
         <v>64</v>
       </c>
       <c r="B72" s="2"/>
-      <c r="C72" s="34">
-        <v>62205215</v>
+      <c r="C72" s="35">
+        <v>69224845</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>44</v>
+        <v>116</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>151</v>
+      </c>
+      <c r="H72" s="37" t="s">
+        <v>194</v>
       </c>
       <c r="I72" s="2" t="s">
-        <v>182</v>
-[...1 lines deleted...]
-      <c r="J72" s="37"/>
+        <v>195</v>
+      </c>
+      <c r="J72" s="38"/>
     </row>
     <row r="73" spans="1:11" customHeight="1" ht="56">
       <c r="A73" s="2">
         <v>65</v>
       </c>
       <c r="B73" s="2"/>
-      <c r="C73" s="34">
-        <v>67157115</v>
+      <c r="C73" s="35">
+        <v>63885435</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>61</v>
+        <v>116</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="H73" s="36" t="s">
+        <v>145</v>
+      </c>
+      <c r="H73" s="37" t="s">
+        <v>196</v>
+      </c>
+      <c r="I73" s="2" t="s">
         <v>197</v>
       </c>
-      <c r="I73" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J73" s="37"/>
+      <c r="J73" s="38"/>
     </row>
     <row r="74" spans="1:11" customHeight="1" ht="56">
       <c r="A74" s="2">
         <v>66</v>
       </c>
       <c r="B74" s="2"/>
-      <c r="C74" s="34">
-        <v>67160835</v>
+      <c r="C74" s="35">
+        <v>66855905</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>43</v>
+        <v>115</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>61</v>
+        <v>116</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="H74" s="36" t="s">
+        <v>145</v>
+      </c>
+      <c r="H74" s="37" t="s">
+        <v>198</v>
+      </c>
+      <c r="I74" s="2" t="s">
         <v>199</v>
       </c>
-      <c r="I74" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J74" s="37"/>
+      <c r="J74" s="38"/>
     </row>
     <row r="75" spans="1:11" customHeight="1" ht="56">
       <c r="A75" s="2">
         <v>67</v>
       </c>
       <c r="B75" s="2"/>
-      <c r="C75" s="34">
-        <v>66528185</v>
+      <c r="C75" s="35">
+        <v>67884555</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>43</v>
+        <v>119</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>61</v>
+        <v>120</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>179</v>
-[...1 lines deleted...]
-      <c r="H75" s="36" t="s">
+        <v>145</v>
+      </c>
+      <c r="H75" s="37" t="s">
         <v>200</v>
       </c>
       <c r="I75" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="J75" s="37"/>
+      <c r="J75" s="38"/>
     </row>
     <row r="76" spans="1:11" customHeight="1" ht="56">
       <c r="A76" s="2">
         <v>68</v>
       </c>
       <c r="B76" s="2"/>
-      <c r="C76" s="34">
-        <v>68302815</v>
+      <c r="C76" s="35">
+        <v>83927025</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>81</v>
+        <v>202</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>82</v>
+        <v>203</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>202</v>
+        <v>151</v>
+      </c>
+      <c r="H76" s="37" t="s">
+        <v>204</v>
       </c>
       <c r="I76" s="2" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="J76" s="37"/>
+        <v>205</v>
+      </c>
+      <c r="J76" s="38"/>
     </row>
     <row r="77" spans="1:11" customHeight="1" ht="56">
       <c r="A77" s="2">
         <v>69</v>
       </c>
       <c r="B77" s="2"/>
-      <c r="C77" s="34">
-        <v>66764235</v>
+      <c r="C77" s="35">
+        <v>71964855</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>205</v>
+        <v>151</v>
+      </c>
+      <c r="H77" s="37" t="s">
+        <v>207</v>
       </c>
       <c r="I77" s="2" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="J77" s="37"/>
+        <v>208</v>
+      </c>
+      <c r="J77" s="38"/>
     </row>
     <row r="78" spans="1:11" customHeight="1" ht="56">
       <c r="A78" s="2">
         <v>70</v>
       </c>
       <c r="B78" s="2"/>
-      <c r="C78" s="34">
-[...1 lines deleted...]
-      </c>
+      <c r="C78" s="2"/>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>211</v>
+      </c>
+      <c r="H78" s="37" t="s">
+        <v>212</v>
       </c>
       <c r="I78" s="2" t="s">
-        <v>207</v>
-[...1 lines deleted...]
-      <c r="J78" s="37"/>
+        <v>213</v>
+      </c>
+      <c r="J78" s="38"/>
     </row>
     <row r="79" spans="1:11" customHeight="1" ht="56">
       <c r="A79" s="2">
         <v>71</v>
       </c>
       <c r="B79" s="2"/>
-      <c r="C79" s="34">
-        <v>66972085</v>
+      <c r="C79" s="35">
+        <v>85057985</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
-        <v>203</v>
+        <v>214</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>208</v>
+        <v>215</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>209</v>
+        <v>216</v>
+      </c>
+      <c r="H79" s="37" t="s">
+        <v>217</v>
       </c>
       <c r="I79" s="2" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="J79" s="37"/>
+        <v>218</v>
+      </c>
+      <c r="J79" s="38"/>
     </row>
     <row r="80" spans="1:11" customHeight="1" ht="56">
       <c r="A80" s="2">
         <v>72</v>
       </c>
       <c r="B80" s="2"/>
-      <c r="C80" s="34">
-        <v>64963885</v>
+      <c r="C80" s="35">
+        <v>86659345</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>219</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>220</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>216</v>
+      </c>
+      <c r="H80" s="37" t="s">
+        <v>221</v>
       </c>
       <c r="I80" s="2" t="s">
-        <v>212</v>
-[...1 lines deleted...]
-      <c r="J80" s="37"/>
+        <v>222</v>
+      </c>
+      <c r="J80" s="38"/>
     </row>
     <row r="81" spans="1:11" customHeight="1" ht="56">
       <c r="A81" s="2">
         <v>73</v>
       </c>
       <c r="B81" s="2"/>
-      <c r="C81" s="34">
-        <v>65867705</v>
+      <c r="C81" s="35">
+        <v>85826725</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>219</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>220</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>213</v>
+        <v>223</v>
+      </c>
+      <c r="H81" s="37" t="s">
+        <v>224</v>
       </c>
       <c r="I81" s="2" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="J81" s="37"/>
+        <v>225</v>
+      </c>
+      <c r="J81" s="38"/>
     </row>
     <row r="82" spans="1:11" customHeight="1" ht="56">
       <c r="A82" s="2">
         <v>74</v>
       </c>
       <c r="B82" s="2"/>
-      <c r="C82" s="34">
-        <v>64710455</v>
+      <c r="C82" s="35">
+        <v>64386175</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>99</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>27</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>226</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>227</v>
+      </c>
+      <c r="H82" s="37" t="s">
+        <v>228</v>
       </c>
       <c r="I82" s="2" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="J82" s="37"/>
+        <v>229</v>
+      </c>
+      <c r="J82" s="38"/>
     </row>
     <row r="83" spans="1:11" customHeight="1" ht="56">
       <c r="A83" s="2">
         <v>75</v>
       </c>
       <c r="B83" s="2"/>
-      <c r="C83" s="34">
-        <v>70252355</v>
+      <c r="C83" s="35">
+        <v>220681.258492</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>99</v>
+        <v>35</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>116</v>
+        <v>39</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>230</v>
+      </c>
+      <c r="H83" s="37" t="s">
+        <v>231</v>
       </c>
       <c r="I83" s="2" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="J83" s="37"/>
+        <v>232</v>
+      </c>
+      <c r="J83" s="38"/>
     </row>
     <row r="84" spans="1:11" customHeight="1" ht="56">
       <c r="A84" s="2">
         <v>76</v>
       </c>
       <c r="B84" s="2"/>
-      <c r="C84" s="34">
-        <v>63543545</v>
+      <c r="C84" s="35">
+        <v>83897015</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>119</v>
+        <v>46</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>218</v>
+        <v>148</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>223</v>
+      </c>
+      <c r="H84" s="37" t="s">
+        <v>233</v>
       </c>
       <c r="I84" s="2" t="s">
-        <v>220</v>
-[...1 lines deleted...]
-      <c r="J84" s="37"/>
+        <v>234</v>
+      </c>
+      <c r="J84" s="38"/>
     </row>
     <row r="85" spans="1:11" customHeight="1" ht="56">
       <c r="A85" s="2">
         <v>77</v>
       </c>
       <c r="B85" s="2"/>
-      <c r="C85" s="34">
-        <v>70417415</v>
+      <c r="C85" s="35">
+        <v>83963865</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>119</v>
+        <v>46</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>120</v>
+        <v>47</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>221</v>
+        <v>223</v>
+      </c>
+      <c r="H85" s="37" t="s">
+        <v>235</v>
       </c>
       <c r="I85" s="2" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="J85" s="37"/>
+        <v>236</v>
+      </c>
+      <c r="J85" s="38"/>
     </row>
     <row r="86" spans="1:11" customHeight="1" ht="56">
       <c r="A86" s="2">
         <v>78</v>
       </c>
       <c r="B86" s="2"/>
-      <c r="C86" s="34">
-        <v>66974305</v>
+      <c r="C86" s="35">
+        <v>70614155</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>123</v>
+        <v>46</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>127</v>
+        <v>47</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="H86" s="36" t="s">
         <v>223</v>
       </c>
+      <c r="H86" s="37" t="s">
+        <v>237</v>
+      </c>
       <c r="I86" s="2" t="s">
-        <v>224</v>
-[...1 lines deleted...]
-      <c r="J86" s="37"/>
+        <v>238</v>
+      </c>
+      <c r="J86" s="38"/>
     </row>
     <row r="87" spans="1:11" customHeight="1" ht="56">
       <c r="A87" s="2">
         <v>79</v>
       </c>
       <c r="B87" s="2"/>
-      <c r="C87" s="34">
-        <v>63885435</v>
+      <c r="C87" s="35">
+        <v>70250815</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>123</v>
+        <v>46</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>132</v>
+        <v>47</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>225</v>
+        <v>227</v>
+      </c>
+      <c r="H87" s="37" t="s">
+        <v>239</v>
       </c>
       <c r="I87" s="2" t="s">
-        <v>226</v>
-[...1 lines deleted...]
-      <c r="J87" s="37"/>
+        <v>240</v>
+      </c>
+      <c r="J87" s="38"/>
     </row>
     <row r="88" spans="1:11" customHeight="1" ht="56">
       <c r="A88" s="2">
         <v>80</v>
       </c>
       <c r="B88" s="2"/>
-      <c r="C88" s="34">
-        <v>66855905</v>
+      <c r="C88" s="35">
+        <v>68410125</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>123</v>
+        <v>46</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>132</v>
+        <v>47</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>166</v>
-[...1 lines deleted...]
-      <c r="H88" s="36" t="s">
         <v>227</v>
       </c>
+      <c r="H88" s="37" t="s">
+        <v>241</v>
+      </c>
       <c r="I88" s="2" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="J88" s="37"/>
+        <v>242</v>
+      </c>
+      <c r="J88" s="38"/>
     </row>
     <row r="89" spans="1:11" customHeight="1" ht="56">
       <c r="A89" s="2">
         <v>81</v>
       </c>
       <c r="B89" s="2"/>
-      <c r="C89" s="34">
-        <v>64913745</v>
+      <c r="C89" s="35">
+        <v>67729875</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>229</v>
+        <v>46</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>230</v>
+        <v>47</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>243</v>
+      </c>
+      <c r="H89" s="37" t="s">
+        <v>244</v>
       </c>
       <c r="I89" s="2" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="J89" s="37"/>
+        <v>245</v>
+      </c>
+      <c r="J89" s="38"/>
     </row>
     <row r="90" spans="1:11" customHeight="1" ht="56">
       <c r="A90" s="2">
         <v>82</v>
       </c>
       <c r="B90" s="2"/>
-      <c r="C90" s="34">
-        <v>67884555</v>
+      <c r="C90" s="35">
+        <v>70618685</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>229</v>
+        <v>46</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>230</v>
+        <v>47</v>
       </c>
       <c r="G90" s="2" t="s">
-        <v>166</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>243</v>
+      </c>
+      <c r="H90" s="37" t="s">
+        <v>246</v>
       </c>
       <c r="I90" s="2" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="J90" s="37"/>
+        <v>247</v>
+      </c>
+      <c r="J90" s="38"/>
     </row>
     <row r="91" spans="1:11" customHeight="1" ht="56">
       <c r="A91" s="2">
         <v>83</v>
       </c>
       <c r="B91" s="2"/>
-      <c r="C91" s="34">
-        <v>67691925</v>
+      <c r="C91" s="35">
+        <v>86197995</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>229</v>
+        <v>46</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>235</v>
+        <v>47</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>223</v>
+      </c>
+      <c r="H91" s="37" t="s">
+        <v>248</v>
       </c>
       <c r="I91" s="2" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="J91" s="37"/>
+        <v>249</v>
+      </c>
+      <c r="J91" s="38"/>
     </row>
     <row r="92" spans="1:11" customHeight="1" ht="56">
       <c r="A92" s="2">
         <v>84</v>
       </c>
       <c r="B92" s="2"/>
-      <c r="C92" s="34">
-        <v>68015715</v>
+      <c r="C92" s="35">
+        <v>80489475</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>229</v>
+        <v>46</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>235</v>
+        <v>72</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>179</v>
-[...2 lines deleted...]
-        <v>238</v>
+        <v>250</v>
+      </c>
+      <c r="H92" s="37" t="s">
+        <v>251</v>
       </c>
       <c r="I92" s="2" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="J92" s="37"/>
+        <v>252</v>
+      </c>
+      <c r="J92" s="38"/>
     </row>
     <row r="93" spans="1:11" customHeight="1" ht="56">
       <c r="A93" s="2">
         <v>85</v>
       </c>
       <c r="B93" s="2"/>
-      <c r="C93" s="34">
-        <v>64386175</v>
+      <c r="C93" s="35">
+        <v>71376225</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>239</v>
+        <v>72</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>250</v>
+      </c>
+      <c r="H93" s="37" t="s">
+        <v>253</v>
       </c>
       <c r="I93" s="2" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="J93" s="37"/>
+        <v>254</v>
+      </c>
+      <c r="J93" s="38"/>
     </row>
     <row r="94" spans="1:11" customHeight="1" ht="56">
       <c r="A94" s="2">
         <v>86</v>
       </c>
       <c r="B94" s="2"/>
-      <c r="C94" s="34">
-        <v>83796155</v>
+      <c r="C94" s="35">
+        <v>83920695</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>243</v>
+        <v>72</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>216</v>
+      </c>
+      <c r="H94" s="37" t="s">
+        <v>255</v>
       </c>
       <c r="I94" s="2" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="J94" s="37"/>
+        <v>256</v>
+      </c>
+      <c r="J94" s="38"/>
     </row>
     <row r="95" spans="1:11" customHeight="1" ht="56">
       <c r="A95" s="2">
         <v>87</v>
       </c>
       <c r="B95" s="2"/>
-      <c r="C95" s="34">
-        <v>220681.258492</v>
+      <c r="C95" s="35">
+        <v>80976065</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>169</v>
+        <v>46</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>174</v>
+        <v>72</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>246</v>
-[...2 lines deleted...]
-        <v>247</v>
+        <v>250</v>
+      </c>
+      <c r="H95" s="37" t="s">
+        <v>257</v>
       </c>
       <c r="I95" s="2" t="s">
-        <v>248</v>
-[...1 lines deleted...]
-      <c r="J95" s="37"/>
+        <v>157</v>
+      </c>
+      <c r="J95" s="38"/>
     </row>
     <row r="96" spans="1:11" customHeight="1" ht="56">
       <c r="A96" s="2">
         <v>88</v>
       </c>
       <c r="B96" s="2"/>
-      <c r="C96" s="34">
-        <v>70640885</v>
+      <c r="C96" s="35">
+        <v>81015375</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>44</v>
+        <v>72</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>249</v>
+        <v>227</v>
+      </c>
+      <c r="H96" s="37" t="s">
+        <v>258</v>
       </c>
       <c r="I96" s="2" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="J96" s="37"/>
+        <v>191</v>
+      </c>
+      <c r="J96" s="38"/>
     </row>
     <row r="97" spans="1:11" customHeight="1" ht="56">
       <c r="A97" s="2">
         <v>89</v>
       </c>
       <c r="B97" s="2"/>
-      <c r="C97" s="34">
-        <v>67161565</v>
+      <c r="C97" s="35">
+        <v>85296345</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>43</v>
+        <v>86</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>44</v>
+        <v>87</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>251</v>
+        <v>223</v>
+      </c>
+      <c r="H97" s="37" t="s">
+        <v>259</v>
       </c>
       <c r="I97" s="2" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="J97" s="37"/>
+        <v>260</v>
+      </c>
+      <c r="J97" s="38"/>
     </row>
     <row r="98" spans="1:11" customHeight="1" ht="56">
       <c r="A98" s="2">
         <v>90</v>
       </c>
       <c r="B98" s="2"/>
-      <c r="C98" s="34">
-        <v>68410125</v>
+      <c r="C98" s="35">
+        <v>81258615</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>43</v>
+        <v>92</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>44</v>
+        <v>261</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>250</v>
+      </c>
+      <c r="H98" s="37" t="s">
+        <v>262</v>
       </c>
       <c r="I98" s="2" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="J98" s="37"/>
+        <v>263</v>
+      </c>
+      <c r="J98" s="38"/>
     </row>
     <row r="99" spans="1:11" customHeight="1" ht="56">
       <c r="A99" s="2">
         <v>91</v>
       </c>
       <c r="B99" s="2"/>
-      <c r="C99" s="34">
-        <v>70250815</v>
+      <c r="C99" s="35">
+        <v>83953255</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>43</v>
+        <v>96</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>44</v>
+        <v>264</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>223</v>
+      </c>
+      <c r="H99" s="37" t="s">
+        <v>265</v>
       </c>
       <c r="I99" s="2" t="s">
-        <v>189</v>
-[...1 lines deleted...]
-      <c r="J99" s="37"/>
+        <v>254</v>
+      </c>
+      <c r="J99" s="38"/>
     </row>
     <row r="100" spans="1:11" customHeight="1" ht="56">
       <c r="A100" s="2">
         <v>92</v>
       </c>
       <c r="B100" s="2"/>
-      <c r="C100" s="34">
-        <v>71328775</v>
+      <c r="C100" s="35">
+        <v>62242535</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>43</v>
+        <v>96</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>44</v>
+        <v>266</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>227</v>
+      </c>
+      <c r="H100" s="37" t="s">
+        <v>267</v>
       </c>
       <c r="I100" s="2" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="J100" s="37"/>
+        <v>268</v>
+      </c>
+      <c r="J100" s="38"/>
     </row>
     <row r="101" spans="1:11" customHeight="1" ht="56">
       <c r="A101" s="2">
         <v>93</v>
       </c>
       <c r="B101" s="2"/>
-      <c r="C101" s="34">
-        <v>70618685</v>
+      <c r="C101" s="35">
+        <v>80932075</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>43</v>
+        <v>96</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>44</v>
+        <v>269</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>256</v>
+        <v>223</v>
+      </c>
+      <c r="H101" s="37" t="s">
+        <v>270</v>
       </c>
       <c r="I101" s="2" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="J101" s="37"/>
+        <v>157</v>
+      </c>
+      <c r="J101" s="38"/>
     </row>
     <row r="102" spans="1:11" customHeight="1" ht="56">
       <c r="A102" s="2">
         <v>94</v>
       </c>
       <c r="B102" s="2"/>
-      <c r="C102" s="34">
-        <v>67729875</v>
+      <c r="C102" s="35">
+        <v>66264165</v>
       </c>
       <c r="D102" s="2"/>
       <c r="E102" s="2" t="s">
-        <v>43</v>
+        <v>96</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>44</v>
+        <v>97</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>250</v>
+      </c>
+      <c r="H102" s="37" t="s">
+        <v>271</v>
       </c>
       <c r="I102" s="2" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="J102" s="37"/>
+        <v>272</v>
+      </c>
+      <c r="J102" s="38"/>
     </row>
     <row r="103" spans="1:11" customHeight="1" ht="56">
       <c r="A103" s="2">
         <v>95</v>
       </c>
       <c r="B103" s="2"/>
-      <c r="C103" s="34">
-        <v>71382105</v>
+      <c r="C103" s="35">
+        <v>86763715</v>
       </c>
       <c r="D103" s="2"/>
       <c r="E103" s="2" t="s">
-        <v>43</v>
+        <v>209</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>44</v>
+        <v>210</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>260</v>
+        <v>216</v>
+      </c>
+      <c r="H103" s="37" t="s">
+        <v>273</v>
       </c>
       <c r="I103" s="2" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="J103" s="37"/>
+        <v>274</v>
+      </c>
+      <c r="J103" s="38"/>
     </row>
     <row r="104" spans="1:11" customHeight="1" ht="56">
       <c r="A104" s="2">
         <v>96</v>
       </c>
       <c r="B104" s="2"/>
-      <c r="C104" s="34">
-        <v>67160835</v>
+      <c r="C104" s="35">
+        <v>70244285</v>
       </c>
       <c r="D104" s="2"/>
       <c r="E104" s="2" t="s">
-        <v>43</v>
+        <v>102</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>61</v>
+        <v>176</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>243</v>
+      </c>
+      <c r="H104" s="37" t="s">
+        <v>275</v>
       </c>
       <c r="I104" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="J104" s="37"/>
+        <v>276</v>
+      </c>
+      <c r="J104" s="38"/>
     </row>
     <row r="105" spans="1:11" customHeight="1" ht="56">
       <c r="A105" s="2">
         <v>97</v>
       </c>
       <c r="B105" s="2"/>
-      <c r="C105" s="34">
-        <v>71145345</v>
+      <c r="C105" s="35">
+        <v>66098975</v>
       </c>
       <c r="D105" s="2"/>
       <c r="E105" s="2" t="s">
-        <v>43</v>
+        <v>179</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>262</v>
+        <v>180</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>263</v>
+        <v>227</v>
+      </c>
+      <c r="H105" s="37" t="s">
+        <v>277</v>
       </c>
       <c r="I105" s="2" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="J105" s="37"/>
+        <v>278</v>
+      </c>
+      <c r="J105" s="38"/>
     </row>
     <row r="106" spans="1:11" customHeight="1" ht="56">
       <c r="A106" s="2">
         <v>98</v>
       </c>
       <c r="B106" s="2"/>
-      <c r="C106" s="34">
-        <v>80228995</v>
+      <c r="C106" s="35">
+        <v>84600585</v>
       </c>
       <c r="D106" s="2"/>
       <c r="E106" s="2" t="s">
-        <v>81</v>
+        <v>179</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>82</v>
+        <v>183</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>265</v>
+        <v>223</v>
+      </c>
+      <c r="H106" s="37" t="s">
+        <v>279</v>
       </c>
       <c r="I106" s="2" t="s">
-        <v>266</v>
-[...1 lines deleted...]
-      <c r="J106" s="37"/>
+        <v>218</v>
+      </c>
+      <c r="J106" s="38"/>
     </row>
     <row r="107" spans="1:11" customHeight="1" ht="56">
       <c r="A107" s="2">
         <v>99</v>
       </c>
       <c r="B107" s="2"/>
-      <c r="C107" s="34">
-        <v>71191035</v>
+      <c r="C107" s="35">
+        <v>86246355</v>
       </c>
       <c r="D107" s="2"/>
       <c r="E107" s="2" t="s">
-        <v>203</v>
+        <v>115</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>267</v>
+        <v>189</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>268</v>
+        <v>216</v>
+      </c>
+      <c r="H107" s="37" t="s">
+        <v>280</v>
       </c>
       <c r="I107" s="2" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="J107" s="37"/>
+        <v>234</v>
+      </c>
+      <c r="J107" s="38"/>
     </row>
     <row r="108" spans="1:11" customHeight="1" ht="56">
       <c r="A108" s="2">
         <v>100</v>
       </c>
       <c r="B108" s="2"/>
-      <c r="C108" s="34">
-        <v>62242535</v>
+      <c r="C108" s="35">
+        <v>70418835</v>
       </c>
       <c r="D108" s="2"/>
       <c r="E108" s="2" t="s">
-        <v>85</v>
+        <v>115</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>91</v>
+        <v>116</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>269</v>
+        <v>250</v>
+      </c>
+      <c r="H108" s="37" t="s">
+        <v>281</v>
       </c>
       <c r="I108" s="2" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="J108" s="37"/>
+        <v>282</v>
+      </c>
+      <c r="J108" s="38"/>
     </row>
     <row r="109" spans="1:11" customHeight="1" ht="56">
       <c r="A109" s="2">
         <v>101</v>
       </c>
       <c r="B109" s="2"/>
-      <c r="C109" s="34">
-        <v>70244285</v>
+      <c r="C109" s="35">
+        <v>84439275</v>
       </c>
       <c r="D109" s="2"/>
       <c r="E109" s="2" t="s">
-        <v>99</v>
+        <v>115</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>116</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>255</v>
-[...2 lines deleted...]
-        <v>271</v>
+        <v>223</v>
+      </c>
+      <c r="H109" s="37" t="s">
+        <v>283</v>
       </c>
       <c r="I109" s="2" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="J109" s="37"/>
+        <v>284</v>
+      </c>
+      <c r="J109" s="38"/>
     </row>
     <row r="110" spans="1:11" customHeight="1" ht="56">
       <c r="A110" s="2">
         <v>102</v>
       </c>
       <c r="B110" s="2"/>
-      <c r="C110" s="34">
-        <v>71911585</v>
+      <c r="C110" s="35">
+        <v>81173565</v>
       </c>
       <c r="D110" s="2"/>
       <c r="E110" s="2" t="s">
-        <v>123</v>
+        <v>285</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>124</v>
+        <v>286</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>273</v>
+        <v>227</v>
+      </c>
+      <c r="H110" s="37" t="s">
+        <v>287</v>
       </c>
       <c r="I110" s="2" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="J110" s="37"/>
+        <v>288</v>
+      </c>
+      <c r="J110" s="38"/>
     </row>
     <row r="111" spans="1:11" customHeight="1" ht="56">
       <c r="A111" s="2">
         <v>103</v>
       </c>
       <c r="B111" s="2"/>
-      <c r="C111" s="34">
-        <v>80042625</v>
+      <c r="C111" s="35">
+        <v>84158435</v>
       </c>
       <c r="D111" s="2"/>
       <c r="E111" s="2" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>223</v>
+      </c>
+      <c r="H111" s="37" t="s">
+        <v>289</v>
       </c>
       <c r="I111" s="2" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="J111" s="37"/>
+        <v>290</v>
+      </c>
+      <c r="J111" s="38"/>
     </row>
     <row r="112" spans="1:11" customHeight="1" ht="56">
       <c r="A112" s="2">
         <v>104</v>
       </c>
       <c r="B112" s="2"/>
-      <c r="C112" s="34">
-        <v>69224845</v>
+      <c r="C112" s="35">
+        <v>80448045</v>
       </c>
       <c r="D112" s="2"/>
       <c r="E112" s="2" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>132</v>
+        <v>291</v>
       </c>
       <c r="G112" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>277</v>
+        <v>227</v>
+      </c>
+      <c r="H112" s="37" t="s">
+        <v>292</v>
       </c>
       <c r="I112" s="2" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="J112" s="37"/>
+        <v>293</v>
+      </c>
+      <c r="J112" s="38"/>
     </row>
     <row r="113" spans="1:11" customHeight="1" ht="56">
       <c r="A113" s="2">
         <v>105</v>
       </c>
       <c r="B113" s="2"/>
-      <c r="C113" s="34">
-        <v>81173565</v>
+      <c r="C113" s="35">
+        <v>85083765</v>
       </c>
       <c r="D113" s="2"/>
       <c r="E113" s="2" t="s">
-        <v>279</v>
+        <v>123</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>280</v>
+        <v>124</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>281</v>
+        <v>216</v>
+      </c>
+      <c r="H113" s="37" t="s">
+        <v>294</v>
       </c>
       <c r="I113" s="2" t="s">
-        <v>282</v>
-[...1 lines deleted...]
-      <c r="J113" s="37"/>
+        <v>295</v>
+      </c>
+      <c r="J113" s="38"/>
     </row>
     <row r="114" spans="1:11" customHeight="1" ht="56">
       <c r="A114" s="2">
         <v>106</v>
       </c>
       <c r="B114" s="2"/>
-      <c r="C114" s="34">
-        <v>80448045</v>
+      <c r="C114" s="35">
+        <v>84390325</v>
       </c>
       <c r="D114" s="2"/>
       <c r="E114" s="2" t="s">
-        <v>229</v>
+        <v>202</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>283</v>
+        <v>296</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>250</v>
+      </c>
+      <c r="H114" s="37" t="s">
+        <v>297</v>
       </c>
       <c r="I114" s="2" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="J114" s="37"/>
+        <v>298</v>
+      </c>
+      <c r="J114" s="38"/>
     </row>
     <row r="115" spans="1:11" customHeight="1" ht="56">
       <c r="A115" s="2">
         <v>107</v>
       </c>
       <c r="B115" s="2"/>
-      <c r="C115" s="34">
-        <v>71964855</v>
+      <c r="C115" s="35">
+        <v>71143165</v>
       </c>
       <c r="D115" s="2"/>
       <c r="E115" s="2" t="s">
-        <v>286</v>
+        <v>202</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>287</v>
+        <v>203</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>240</v>
-[...2 lines deleted...]
-        <v>288</v>
+        <v>250</v>
+      </c>
+      <c r="H115" s="37" t="s">
+        <v>299</v>
       </c>
       <c r="I115" s="2" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="J115" s="37"/>
+        <v>162</v>
+      </c>
+      <c r="J115" s="38"/>
+    </row>
+    <row r="116" spans="1:11" customHeight="1" ht="56">
+      <c r="A116" s="2">
+        <v>108</v>
+      </c>
+      <c r="B116" s="2"/>
+      <c r="C116" s="35">
+        <v>83892175</v>
+      </c>
+      <c r="D116" s="2"/>
+      <c r="E116" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="F116" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="G116" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="H116" s="37" t="s">
+        <v>300</v>
+      </c>
+      <c r="I116" s="2" t="s">
+        <v>298</v>
+      </c>
+      <c r="J116" s="38"/>
+    </row>
+    <row r="117" spans="1:11" customHeight="1" ht="56">
+      <c r="A117" s="2">
+        <v>109</v>
+      </c>
+      <c r="B117" s="2"/>
+      <c r="C117" s="35">
+        <v>87404505</v>
+      </c>
+      <c r="D117" s="2"/>
+      <c r="E117" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="F117" s="2" t="s">
+        <v>206</v>
+      </c>
+      <c r="G117" s="2" t="s">
+        <v>216</v>
+      </c>
+      <c r="H117" s="37" t="s">
+        <v>301</v>
+      </c>
+      <c r="I117" s="2" t="s">
+        <v>302</v>
+      </c>
+      <c r="J117" s="38"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="D9:G9"/>
   <mergeCells>
     <mergeCell ref="A7:C7"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="D5:E5"/>
     <mergeCell ref="I8:J8"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="H6:I7"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="F6:G6"/>
     <mergeCell ref="F7:G7"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="F5:G5"/>
   </mergeCells>
@@ -8727,126 +8707,129 @@
     <hyperlink ref="H65" r:id="rId_hyperlink_115"/>
     <hyperlink ref="C66" r:id="rId_hyperlink_116"/>
     <hyperlink ref="H66" r:id="rId_hyperlink_117"/>
     <hyperlink ref="C67" r:id="rId_hyperlink_118"/>
     <hyperlink ref="H67" r:id="rId_hyperlink_119"/>
     <hyperlink ref="C68" r:id="rId_hyperlink_120"/>
     <hyperlink ref="H68" r:id="rId_hyperlink_121"/>
     <hyperlink ref="C69" r:id="rId_hyperlink_122"/>
     <hyperlink ref="H69" r:id="rId_hyperlink_123"/>
     <hyperlink ref="C70" r:id="rId_hyperlink_124"/>
     <hyperlink ref="H70" r:id="rId_hyperlink_125"/>
     <hyperlink ref="C71" r:id="rId_hyperlink_126"/>
     <hyperlink ref="H71" r:id="rId_hyperlink_127"/>
     <hyperlink ref="C72" r:id="rId_hyperlink_128"/>
     <hyperlink ref="H72" r:id="rId_hyperlink_129"/>
     <hyperlink ref="C73" r:id="rId_hyperlink_130"/>
     <hyperlink ref="H73" r:id="rId_hyperlink_131"/>
     <hyperlink ref="C74" r:id="rId_hyperlink_132"/>
     <hyperlink ref="H74" r:id="rId_hyperlink_133"/>
     <hyperlink ref="C75" r:id="rId_hyperlink_134"/>
     <hyperlink ref="H75" r:id="rId_hyperlink_135"/>
     <hyperlink ref="C76" r:id="rId_hyperlink_136"/>
     <hyperlink ref="H76" r:id="rId_hyperlink_137"/>
     <hyperlink ref="C77" r:id="rId_hyperlink_138"/>
     <hyperlink ref="H77" r:id="rId_hyperlink_139"/>
-    <hyperlink ref="C78" r:id="rId_hyperlink_140"/>
-[...74 lines deleted...]
-    <hyperlink ref="H115" r:id="rId_hyperlink_215"/>
+    <hyperlink ref="H78" r:id="rId_hyperlink_140"/>
+    <hyperlink ref="C79" r:id="rId_hyperlink_141"/>
+    <hyperlink ref="H79" r:id="rId_hyperlink_142"/>
+    <hyperlink ref="C80" r:id="rId_hyperlink_143"/>
+    <hyperlink ref="H80" r:id="rId_hyperlink_144"/>
+    <hyperlink ref="C81" r:id="rId_hyperlink_145"/>
+    <hyperlink ref="H81" r:id="rId_hyperlink_146"/>
+    <hyperlink ref="C82" r:id="rId_hyperlink_147"/>
+    <hyperlink ref="H82" r:id="rId_hyperlink_148"/>
+    <hyperlink ref="C83" r:id="rId_hyperlink_149"/>
+    <hyperlink ref="H83" r:id="rId_hyperlink_150"/>
+    <hyperlink ref="C84" r:id="rId_hyperlink_151"/>
+    <hyperlink ref="H84" r:id="rId_hyperlink_152"/>
+    <hyperlink ref="C85" r:id="rId_hyperlink_153"/>
+    <hyperlink ref="H85" r:id="rId_hyperlink_154"/>
+    <hyperlink ref="C86" r:id="rId_hyperlink_155"/>
+    <hyperlink ref="H86" r:id="rId_hyperlink_156"/>
+    <hyperlink ref="C87" r:id="rId_hyperlink_157"/>
+    <hyperlink ref="H87" r:id="rId_hyperlink_158"/>
+    <hyperlink ref="C88" r:id="rId_hyperlink_159"/>
+    <hyperlink ref="H88" r:id="rId_hyperlink_160"/>
+    <hyperlink ref="C89" r:id="rId_hyperlink_161"/>
+    <hyperlink ref="H89" r:id="rId_hyperlink_162"/>
+    <hyperlink ref="C90" r:id="rId_hyperlink_163"/>
+    <hyperlink ref="H90" r:id="rId_hyperlink_164"/>
+    <hyperlink ref="C91" r:id="rId_hyperlink_165"/>
+    <hyperlink ref="H91" r:id="rId_hyperlink_166"/>
+    <hyperlink ref="C92" r:id="rId_hyperlink_167"/>
+    <hyperlink ref="H92" r:id="rId_hyperlink_168"/>
+    <hyperlink ref="C93" r:id="rId_hyperlink_169"/>
+    <hyperlink ref="H93" r:id="rId_hyperlink_170"/>
+    <hyperlink ref="C94" r:id="rId_hyperlink_171"/>
+    <hyperlink ref="H94" r:id="rId_hyperlink_172"/>
+    <hyperlink ref="C95" r:id="rId_hyperlink_173"/>
+    <hyperlink ref="H95" r:id="rId_hyperlink_174"/>
+    <hyperlink ref="C96" r:id="rId_hyperlink_175"/>
+    <hyperlink ref="H96" r:id="rId_hyperlink_176"/>
+    <hyperlink ref="C97" r:id="rId_hyperlink_177"/>
+    <hyperlink ref="H97" r:id="rId_hyperlink_178"/>
+    <hyperlink ref="C98" r:id="rId_hyperlink_179"/>
+    <hyperlink ref="H98" r:id="rId_hyperlink_180"/>
+    <hyperlink ref="C99" r:id="rId_hyperlink_181"/>
+    <hyperlink ref="H99" r:id="rId_hyperlink_182"/>
+    <hyperlink ref="C100" r:id="rId_hyperlink_183"/>
+    <hyperlink ref="H100" r:id="rId_hyperlink_184"/>
+    <hyperlink ref="C101" r:id="rId_hyperlink_185"/>
+    <hyperlink ref="H101" r:id="rId_hyperlink_186"/>
+    <hyperlink ref="C102" r:id="rId_hyperlink_187"/>
+    <hyperlink ref="H102" r:id="rId_hyperlink_188"/>
+    <hyperlink ref="C103" r:id="rId_hyperlink_189"/>
+    <hyperlink ref="H103" r:id="rId_hyperlink_190"/>
+    <hyperlink ref="C104" r:id="rId_hyperlink_191"/>
+    <hyperlink ref="H104" r:id="rId_hyperlink_192"/>
+    <hyperlink ref="C105" r:id="rId_hyperlink_193"/>
+    <hyperlink ref="H105" r:id="rId_hyperlink_194"/>
+    <hyperlink ref="C106" r:id="rId_hyperlink_195"/>
+    <hyperlink ref="H106" r:id="rId_hyperlink_196"/>
+    <hyperlink ref="C107" r:id="rId_hyperlink_197"/>
+    <hyperlink ref="H107" r:id="rId_hyperlink_198"/>
+    <hyperlink ref="C108" r:id="rId_hyperlink_199"/>
+    <hyperlink ref="H108" r:id="rId_hyperlink_200"/>
+    <hyperlink ref="C109" r:id="rId_hyperlink_201"/>
+    <hyperlink ref="H109" r:id="rId_hyperlink_202"/>
+    <hyperlink ref="C110" r:id="rId_hyperlink_203"/>
+    <hyperlink ref="H110" r:id="rId_hyperlink_204"/>
+    <hyperlink ref="C111" r:id="rId_hyperlink_205"/>
+    <hyperlink ref="H111" r:id="rId_hyperlink_206"/>
+    <hyperlink ref="C112" r:id="rId_hyperlink_207"/>
+    <hyperlink ref="H112" r:id="rId_hyperlink_208"/>
+    <hyperlink ref="C113" r:id="rId_hyperlink_209"/>
+    <hyperlink ref="H113" r:id="rId_hyperlink_210"/>
+    <hyperlink ref="C114" r:id="rId_hyperlink_211"/>
+    <hyperlink ref="H114" r:id="rId_hyperlink_212"/>
+    <hyperlink ref="C115" r:id="rId_hyperlink_213"/>
+    <hyperlink ref="H115" r:id="rId_hyperlink_214"/>
+    <hyperlink ref="C116" r:id="rId_hyperlink_215"/>
+    <hyperlink ref="H116" r:id="rId_hyperlink_216"/>
+    <hyperlink ref="C117" r:id="rId_hyperlink_217"/>
+    <hyperlink ref="H117" r:id="rId_hyperlink_218"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId2"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>