--- v1 (2025-11-23)
+++ v2 (2026-01-07)
@@ -17,1543 +17,1393 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$D$9:$G$9</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="303">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
   <si>
     <t>МАШИНОКОМПЛЕКТЫ ИЗ АНГЛИИ
 в наличии на складе в Москве</t>
   </si>
   <si>
     <t xml:space="preserve">Отдел продаж </t>
   </si>
   <si>
     <t>www.pezhon.ru</t>
   </si>
   <si>
     <t xml:space="preserve"> Николаев Дмитрий</t>
   </si>
   <si>
     <t>+7 (925) 771-20-55</t>
   </si>
   <si>
-    <t>Брухтий Павел</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">+7 (929) 599-18-93 </t>
+    <t>Леонов Евгений</t>
+  </si>
+  <si>
+    <t>+7 (926) 172-12-56</t>
   </si>
   <si>
     <t>Чебуханов Денис</t>
   </si>
   <si>
     <t>+7 (909) 272-13-71</t>
   </si>
   <si>
     <t xml:space="preserve"> Карев Владислав</t>
   </si>
   <si>
     <t>+7 (925) 741-12-90</t>
   </si>
   <si>
     <t xml:space="preserve"> Коваленко Алина</t>
   </si>
   <si>
     <t>+7 (925) 740-23-22</t>
   </si>
   <si>
-    <t>Леонов Евгений</t>
-[...5 lines deleted...]
-    <t>Дата прайса: 22.11.2025 23:55</t>
+    <t>Дата прайса: 06.01.2026 23:55</t>
   </si>
   <si>
     <t>Московская область, посёлок Зелёный, к5</t>
   </si>
   <si>
     <t>Прайс: 26.10.2018 14:15</t>
   </si>
   <si>
     <t>Курс: 
-95 ₽</t>
+96 ₽</t>
+  </si>
+  <si>
+    <t>№</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
+    <t># лота</t>
+  </si>
+  <si>
     <t>Поступление</t>
+  </si>
+  <si>
+    <t>Марка</t>
+  </si>
+  <si>
+    <t>Модель</t>
+  </si>
+  <si>
+    <t>Статус</t>
+  </si>
+  <si>
+    <t>Автомобиль</t>
+  </si>
+  <si>
+    <t>Стоимость Курс: 25,24</t>
+  </si>
+  <si>
+    <t>Цена со скидкой</t>
   </si>
   <si>
     <t>BMW</t>
   </si>
   <si>
     <t>1-Series</t>
   </si>
   <si>
     <t>В наличии</t>
   </si>
   <si>
     <t>N92, BMW 1-Series 2014, 1.6, бензин, МКПП
  WBA1A12040P559205
 Вес: 815 кг</t>
   </si>
   <si>
-    <t>468'800 ₽
+    <t>473'700 ₽
 4'935 €</t>
-  </si>
-[...1 lines deleted...]
-    <t>Цена со скидкой</t>
   </si>
   <si>
     <t>Chevrolet</t>
   </si>
   <si>
     <t>Aveo</t>
   </si>
   <si>
     <t>Y31, Chevrolet Aveo 2010, 1.1, бензин, МКПП
  KL1SF48DJAB052474
 Вес: 415 кг</t>
   </si>
   <si>
-    <t>204'400 ₽
+    <t>206'600 ₽
 2'152 €</t>
   </si>
   <si>
-    <t>Spark</t>
-[...13 lines deleted...]
-(Скидка: 20'000  ₽)</t>
+    <t>Lacetti</t>
+  </si>
+  <si>
+    <t>Y118, Chevrolet Lacetti 2010, 1.8, бензин, АКПП
+ KL1NA35BJAK531273
+Вес: 640 кг</t>
+  </si>
+  <si>
+    <t>289'700 ₽
+3'018 €</t>
   </si>
   <si>
     <t>Citroen</t>
-  </si>
-[...10 lines deleted...]
-2'229 €</t>
   </si>
   <si>
     <t>C4</t>
   </si>
   <si>
     <t>U173, Citroen C4 2006, 1.6, бензин, МКПП
  VF7LCNFUC74415023
 Вес: 345 кг</t>
   </si>
   <si>
-    <t>186'500 ₽
+    <t>188'500 ₽
 1'963 €</t>
   </si>
   <si>
     <t>Dodge</t>
   </si>
   <si>
     <t>Caliber</t>
   </si>
   <si>
     <t>W237, Dodge Caliber 2009, 2.0, бензин, АКПП
  1B3H3G8B57D324493
 Вес: 680 кг</t>
   </si>
   <si>
-    <t>265'400 ₽
+    <t>268'200 ₽
 2'793 €</t>
   </si>
   <si>
     <t>Ford</t>
   </si>
   <si>
+    <t>Fiesta</t>
+  </si>
+  <si>
+    <t>Y132, Ford Fiesta 2006, 1.1, бензин, МКПП
+ WF0HXXGAJH6T63699
+Вес: 470 кг</t>
+  </si>
+  <si>
+    <t>202'700 ₽
+2'112 €</t>
+  </si>
+  <si>
     <t>Focus</t>
   </si>
   <si>
-    <t>U172, Ford Focus 2010, 1.6, бензин, МКПП
-[...23 lines deleted...]
-2'141 €</t>
+    <t>W78, Ford Focus 2010, 1.6, бензин, МКПП
+ WF0SXXGCDSAM39644
+Вес: 365 кг</t>
+  </si>
+  <si>
+    <t>221'300 ₽
+2'305 €</t>
+  </si>
+  <si>
+    <t>U152, Ford Focus 2009, 1.6, бензин, МКПП
+ WF0PXXWPDP9D26752
+Вес: 510 кг</t>
+  </si>
+  <si>
+    <t>262'000 ₽
+2'729 €</t>
   </si>
   <si>
     <t>W291, Ford Focus 2011, 1.6, бензин, МКПП
  WF0KXXGCBKBK87853
 Вес: 520 кг</t>
   </si>
   <si>
-    <t>295'200 ₽
+    <t>298'300 ₽
 3'107 €</t>
-  </si>
-[...71 lines deleted...]
-2'609 €</t>
   </si>
   <si>
     <t>Fusion</t>
   </si>
   <si>
     <t>W208, Ford Fusion 2007, 1.4, бензин, МКПП
  WF0UXXGAJU6B68935
 Вес: 365 кг</t>
   </si>
   <si>
-    <t>193'200 ₽
-[...4 lines deleted...]
-1'928 €
+    <t>195'200 ₽
+2'037 €</t>
+  </si>
+  <si>
+    <t>185'200 ₽
+1'929 €
 (Скидка: 10'000  ₽)</t>
   </si>
   <si>
     <t>W233, Ford Fusion 2007, 1.4, бензин, МКПП
  WF0UXXGAJU7D03854
 Вес: 535 кг</t>
   </si>
   <si>
-    <t>230'600 ₽
+    <t>233'100 ₽
 2'428 €</t>
-  </si>
-[...7 lines deleted...]
-2'328 €</t>
   </si>
   <si>
     <t>U126, Ford Fusion 2011, 1.4, бензин, МКПП
  WF0UXXGAJUAB51690
 Вес: 385 кг</t>
   </si>
   <si>
-    <t>201'600 ₽
+    <t>203'700 ₽
 2'122 €</t>
   </si>
   <si>
-    <t>U168, Ford Fusion 2008, 1.4, бензин, МКПП
-[...9 lines deleted...]
- WF0UXXGAJU6P81532
+    <t>Mondeo</t>
+  </si>
+  <si>
+    <t>W221, Ford Mondeo 2005, 1.8, бензин, МКПП
+ WF05XXGBB55D04163
+Вес: 520 кг</t>
+  </si>
+  <si>
+    <t>233'600 ₽
+2'434 €</t>
+  </si>
+  <si>
+    <t>G989, Ford Mondeo 2005, 2.0, дизель, МКПП
+ WF05XXGBB55C63777
+Вес: 450 кг</t>
+  </si>
+  <si>
+    <t>196'200 ₽
+2'044 €</t>
+  </si>
+  <si>
+    <t>Honda</t>
+  </si>
+  <si>
+    <t>Civic</t>
+  </si>
+  <si>
+    <t>Y135, Honda Civic 2008, 1.3, электро, АКПП
+ JHMFD36208S209267
+Вес: 700 кг</t>
+  </si>
+  <si>
+    <t>305'500 ₽
+3'183 €</t>
+  </si>
+  <si>
+    <t>Hyundai</t>
+  </si>
+  <si>
+    <t>Getz</t>
+  </si>
+  <si>
+    <t>W294, Hyundai Getz 2008, 1.1, бензин, МКПП
+ KMHBT51GR8U777466
 Вес: 475 кг</t>
   </si>
   <si>
-    <t>219'200 ₽
-[...6 lines deleted...]
-    <t>Civic</t>
+    <t>225'000 ₽
+2'344 €</t>
+  </si>
+  <si>
+    <t>ix35</t>
+  </si>
+  <si>
+    <t>Y111, Hyundai ix35 2013, 2.0, дизель, МКПП
+ TMAJU81VNEJ494498
+Вес: 855 кг</t>
+  </si>
+  <si>
+    <t>382'500 ₽
+3'984 €</t>
+  </si>
+  <si>
+    <t>Mazda</t>
+  </si>
+  <si>
+    <t>N115, Mazda 3 2009, 1.6, бензин, МКПП
+ JMZBK12Z201821412
+Вес: 345 кг</t>
+  </si>
+  <si>
+    <t>253'000 ₽
+2'636 €</t>
+  </si>
+  <si>
+    <t>W283, Mazda 3 2010, 1.6, бензин, МКПП
+ JMZBL14Z201195630
+Вес: 575 кг</t>
+  </si>
+  <si>
+    <t>255'300 ₽
+2'659 €</t>
+  </si>
+  <si>
+    <t>N158, Mazda 3 2008, 1.6, бензин, МКПП
+ JMZBK14Z201780966
+Вес: 565 кг</t>
+  </si>
+  <si>
+    <t>284'900 ₽
+2'967 €</t>
+  </si>
+  <si>
+    <t>Y101, Mazda 3 2007, 2.3, бензин, МКПП
+ JMZBK14L601588829
+Вес: 870 кг</t>
+  </si>
+  <si>
+    <t>434'500 ₽
+4'526 €</t>
+  </si>
+  <si>
+    <t>G903, Mazda 3 2010, 1.6, бензин, МКПП
+ JMZBL14Z201188579
+Вес: 625 кг</t>
+  </si>
+  <si>
+    <t>254'200 ₽
+2'658 €</t>
+  </si>
+  <si>
+    <t>224'200 ₽
+2'335 €
+(Скидка: 30'000  ₽)</t>
+  </si>
+  <si>
+    <t>G905, Mazda 3 2011, 1.6, бензин, МКПП
+ JMZBLA4Z201231196
+Вес: 545 кг</t>
+  </si>
+  <si>
+    <t>242'200 ₽
+2'533 €</t>
+  </si>
+  <si>
+    <t>212'200 ₽
+2'210 €
+(Скидка: 30'000  ₽)</t>
+  </si>
+  <si>
+    <t>Y114, Mazda 3 2006, 1.6, бензин, МКПП
+ JMZBK14Z201381870
+Вес: 515 кг</t>
+  </si>
+  <si>
+    <t>246'800 ₽
+2'571 €</t>
+  </si>
+  <si>
+    <t>N152, Mazda 6 2014, 2.2, дизель, МКПП
+ JMZGJ621651171512
+Вес: 600 кг</t>
+  </si>
+  <si>
+    <t>255'800 ₽
+2'664 €</t>
+  </si>
+  <si>
+    <t>Nissan</t>
+  </si>
+  <si>
+    <t>Note</t>
+  </si>
+  <si>
+    <t>Y123, Nissan Note 2006, 1.6, бензин, АКПП
+ SJNFCAE11U1067595
+Вес: 530 кг</t>
+  </si>
+  <si>
+    <t>228'600 ₽
+2'382 €</t>
+  </si>
+  <si>
+    <t>Y97, Nissan Note 2006, 1.6, бензин, МКПП
+ SJNFCAE11U1036002
+Вес: 495 кг</t>
+  </si>
+  <si>
+    <t>220'000 ₽
+2'292 €</t>
+  </si>
+  <si>
+    <t>Qashqai</t>
+  </si>
+  <si>
+    <t>Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП
+ SJNFAAJ10U1007141
+Вес: 640 кг</t>
+  </si>
+  <si>
+    <t>273'000 ₽
+2'843 €</t>
+  </si>
+  <si>
+    <t>W243, Nissan Qashqai 2014, 1.1, бензин, МКПП
+ SJNFEAJ11U1025272
+Вес: 620 кг</t>
+  </si>
+  <si>
+    <t>384'600 ₽
+4'006 €</t>
+  </si>
+  <si>
+    <t>Suzuki</t>
+  </si>
+  <si>
+    <t>Grand Vitara</t>
+  </si>
+  <si>
+    <t>Y120, Suzuki Grand Vitara 2013, 2.4, бензин, МКПП
+ JSAJTDA4V00250727
+Вес: 750 кг</t>
+  </si>
+  <si>
+    <t>382'600 ₽
+3'986 €</t>
+  </si>
+  <si>
+    <t>Toyota</t>
+  </si>
+  <si>
+    <t>Auris</t>
+  </si>
+  <si>
+    <t>Y63, Toyota Auris 2007, 1.6, бензин, МКПП
+ SB1KV56E20F021623
+Вес: 565 кг</t>
+  </si>
+  <si>
+    <t>256'100 ₽
+2'668 €</t>
+  </si>
+  <si>
+    <t>F933, Toyota Auris 2007, 1.6, бензин, МКПП
+ SB1KV56E80F023019
+Вес: 655 кг</t>
+  </si>
+  <si>
+    <t>255'600 ₽
+2'663 €</t>
+  </si>
+  <si>
+    <t>Celica</t>
+  </si>
+  <si>
+    <t>Y43, Toyota Celica 2002, 1.8, бензин, МКПП
+ JTDDR38T800129384
+Вес: 625 кг</t>
+  </si>
+  <si>
+    <t>286'800 ₽
+2'988 €</t>
+  </si>
+  <si>
+    <t>RAV 4</t>
+  </si>
+  <si>
+    <t>G943, Toyota RAV 4 2005, 2.0, бензин, МКПП
+ JTEYH20V605006077
+Вес: 830 кг</t>
+  </si>
+  <si>
+    <t>316'700 ₽
+3'299 €</t>
   </si>
   <si>
     <t>W305, Honda Civic 2007, 1.8, бензин, МКПП
  SHHFK27607U031460
 Вес: 660 кг</t>
   </si>
   <si>
-    <t>242'400 ₽
+    <t>245'000 ₽
 2'552 €</t>
   </si>
   <si>
     <t>Y73, Honda Civic 2007, 1.8, бензин, АКПП
  SHHFN14607U003473
 Вес: 520 кг</t>
   </si>
   <si>
-    <t>274'500 ₽
+    <t>277'400 ₽
 2'890 €</t>
   </si>
   <si>
-    <t>Hyundai</t>
-[...213 lines deleted...]
-    <t>Lacetti</t>
+    <t>Audi</t>
+  </si>
+  <si>
+    <t>Q3</t>
   </si>
   <si>
     <t>В пути
-04.10.2025</t>
-[...20 lines deleted...]
-2'112 €</t>
+19.12.2025</t>
+  </si>
+  <si>
+    <t>U237, Audi Q3 2017, 1.4, бензин, АКПП
+ WAUZZZ8U9HR061716</t>
+  </si>
+  <si>
+    <t>407'800 ₽
+4'248 €</t>
+  </si>
+  <si>
+    <t>U197, Ford Focus 2010, 1.6, бензин, МКПП
+ WF0PXXGCDP9D59782</t>
+  </si>
+  <si>
+    <t>224'000 ₽
+2'333 €</t>
+  </si>
+  <si>
+    <t>Cruze</t>
+  </si>
+  <si>
+    <t>U194, Chevrolet Cruze 2012, 1.8, бензин, АКПП
+ KL1JA6859DK033900</t>
+  </si>
+  <si>
+    <t>291'300 ₽
+3'034 €</t>
+  </si>
+  <si>
+    <t>В пути
+24.12.2025</t>
+  </si>
+  <si>
+    <t>Y148, Ford Fiesta 2006, 1.6, бензин, АКПП
+ WF0HXXGAJH6P88869</t>
+  </si>
+  <si>
+    <t>232'500 ₽
+2'422 €</t>
   </si>
   <si>
     <t>В пути
 30.10.2025</t>
   </si>
   <si>
     <t>W319, Ford Focus 2009, 1.6, бензин, МКПП
  WF0PXXGCDP9K12921</t>
   </si>
   <si>
-    <t>228'700 ₽
+    <t>231'100 ₽
 2'408 €</t>
+  </si>
+  <si>
+    <t>В пути
+21.12.2025</t>
+  </si>
+  <si>
+    <t>W349, Ford Focus 2011, 1.6, бензин, МКПП
+ WF0KXXGCBKBD00208</t>
+  </si>
+  <si>
+    <t>298'000 ₽
+3'104 €</t>
   </si>
   <si>
     <t>W335, Ford Focus 2007, 1.6, бензин, МКПП
  WF05XXWPD57L46998</t>
   </si>
   <si>
-    <t>199'800 ₽
+    <t>201'900 ₽
 2'103 €</t>
+  </si>
+  <si>
+    <t>U196, Ford Focus 2006, 2.0, бензин, АКПП
+ WF05XXWPD56P81130</t>
+  </si>
+  <si>
+    <t>254'300 ₽
+2'649 €</t>
+  </si>
+  <si>
+    <t>U187, Ford Focus 2009, 1.6, бензин, МКПП
+ WF0PXXGCDP9D82552</t>
+  </si>
+  <si>
+    <t>244'700 ₽
+2'549 €</t>
   </si>
   <si>
     <t>W326, Ford Focus 2011, 1.6, бензин, МКПП
  WF0PXXGCDPAR42786</t>
   </si>
   <si>
-    <t>238'400 ₽
+    <t>240'900 ₽
 2'509 €</t>
   </si>
   <si>
     <t>W328, Ford Focus 2010, 1.6, бензин, МКПП
  WF0PXXGCDP9E09864</t>
   </si>
   <si>
+    <t>W340, Ford Focus 2009, 1.6, бензин, МКПП
+ WF0PXXWPDP9P09867</t>
+  </si>
+  <si>
+    <t>247'200 ₽
+2'575 €</t>
+  </si>
+  <si>
     <t>W329, Ford Focus 2010, 1.6, бензин, МКПП
  WF0PXXGCDPAB03626</t>
   </si>
   <si>
+    <t>Y140, Ford Fusion 2007, 1.4, бензин, МКПП
+ WF0UXXGAJU7L82298</t>
+  </si>
+  <si>
+    <t>Y144, Ford Fusion 2010, 1.6, бензин, АКПП
+ WF0UXXGAJUAJ31230</t>
+  </si>
+  <si>
+    <t>265'100 ₽
+2'761 €</t>
+  </si>
+  <si>
+    <t>W337, Ford Fusion 2006, 1.6, бензин, АКПП
+ WF0UXXGAJU6L57663</t>
+  </si>
+  <si>
+    <t>226'300 ₽
+2'358 €</t>
+  </si>
+  <si>
     <t>Kuga</t>
   </si>
   <si>
     <t>W323, Ford Kuga 2013, 2.0, дизель, МКПП
  WF0AXXWPMADJ74330</t>
   </si>
   <si>
-    <t>364'800 ₽
+    <t>368'700 ₽
 3'840 €</t>
   </si>
   <si>
-    <t>Y135, Honda Civic 2008, 1.3, электро, АКПП
-[...5 lines deleted...]
-3'183 €</t>
+    <t>Y154, Honda Civic 2006, 1.3, гибрид, АКПП
+ JHMFD36206S203003</t>
+  </si>
+  <si>
+    <t>251'500 ₽
+2'619 €</t>
   </si>
   <si>
     <t>i30</t>
   </si>
   <si>
     <t>W320, Hyundai i30 2012, 1.4, бензин, МКПП
  TMADB51CLCJ259018</t>
   </si>
   <si>
-    <t>ix35</t>
-[...35 lines deleted...]
-2'262 €</t>
+    <t>Kia</t>
+  </si>
+  <si>
+    <t>Cerato</t>
+  </si>
+  <si>
+    <t>W346, Kia Cerato 2005, 2.0, бензин, МКПП
+ KNEFE223255102070</t>
+  </si>
+  <si>
+    <t>Soul</t>
+  </si>
+  <si>
+    <t>W350, Kia Soul 2010, 1.6, бензин, МКПП
+ KNAJG551297097188</t>
+  </si>
+  <si>
+    <t>Sportage</t>
+  </si>
+  <si>
+    <t>Y143, Kia Sportage 2012, 2.0, бензин, МКПП
+ U5YPC811NDL216225</t>
+  </si>
+  <si>
+    <t>286'100 ₽
+2'980 €</t>
+  </si>
+  <si>
+    <t>Land Rover</t>
+  </si>
+  <si>
+    <t>Freelander</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W358, Land Rover Freelander 2008, 2.2, дизель, МКПП
+</t>
+  </si>
+  <si>
+    <t>266'800 ₽
+2'779 €</t>
   </si>
   <si>
     <t>CX-5</t>
   </si>
   <si>
-    <t>Y115, Mazda CX-5 2013, 2.2, дизель, МКПП
-[...5 lines deleted...]
-2'365 €</t>
+    <t>U185, Mazda CX-5 2014, 2.2, дизель, МКПП
+ JMZKEF91600168771</t>
+  </si>
+  <si>
+    <t>243'600 ₽
+2'538 €</t>
   </si>
   <si>
     <t>Mitsubishi</t>
   </si>
   <si>
     <t>ASX</t>
   </si>
   <si>
-    <t>Y126, Mitsubishi ASX 2011, 1.6, бензин, МКПП
-[...5 lines deleted...]
-2'432 €</t>
+    <t>U192, Mitsubishi ASX 2013, 1.6, бензин, МКПП
+ JMAXNGA1WDZ000270</t>
+  </si>
+  <si>
+    <t>236'500 ₽
+2'463 €</t>
   </si>
   <si>
     <t>Lancer</t>
   </si>
   <si>
-    <t>Y125, Mitsubishi Lancer 2005, 2.0, бензин, МКПП
-[...5 lines deleted...]
-2'873 €</t>
+    <t>Y152, Mitsubishi Lancer 2005, 1.6, бензин, МКПП
+ JMASNCS3A5U001452</t>
+  </si>
+  <si>
+    <t>222'900 ₽
+2'322 €</t>
   </si>
   <si>
     <t>Juke</t>
   </si>
   <si>
     <t>W331, Nissan Juke 2011, 1.6, бензин, МКПП
  SJNFBAF15U6066118</t>
   </si>
   <si>
-    <t>254'100 ₽
+    <t>256'800 ₽
 2'675 €</t>
   </si>
   <si>
-    <t>Note</t>
+    <t>Y160, Nissan Note 2008, 1.4, бензин, МКПП
+ SJNFAAE11U1262985</t>
   </si>
   <si>
     <t>W330, Nissan Note 2013, 1.4, бензин, МКПП
  SJNFAAE11U2218323</t>
   </si>
   <si>
-    <t>241'800 ₽
+    <t>244'300 ₽
 2'545 €</t>
-  </si>
-[...7 lines deleted...]
-2'382 €</t>
   </si>
   <si>
     <t>W315, Nissan Qashqai 2015, 1.6, дизель, АКПП
  SJNFDAJ11U1279284</t>
   </si>
   <si>
-    <t>322'200 ₽
+    <t>325'600 ₽
 3'391 €</t>
   </si>
   <si>
-    <t>Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП
-[...23 lines deleted...]
-3'986 €</t>
+    <t>U208, Nissan Qashqai 2011, 1.6, бензин, МКПП
+ SJNFAAJ10U2354776</t>
+  </si>
+  <si>
+    <t>270'600 ₽
+2'819 €</t>
+  </si>
+  <si>
+    <t>W342, Nissan Qashqai 2011, 1.6, бензин, МКПП
+ SJNFAAJ10U2263367</t>
+  </si>
+  <si>
+    <t>235'900 ₽
+2'458 €</t>
+  </si>
+  <si>
+    <t>Ssang Yong</t>
+  </si>
+  <si>
+    <t>Korando</t>
+  </si>
+  <si>
+    <t>U203, Ssang Yong Korando 2011, 2.0, дизель, МКПП
+ KPTB0A1SSBP028862</t>
+  </si>
+  <si>
+    <t>269'700 ₽
+2'809 €</t>
+  </si>
+  <si>
+    <t>Y149, Suzuki Grand Vitara 2016, 1.6, бензин, МКПП
+ TSMLYD21S00176265</t>
+  </si>
+  <si>
+    <t>408'800 ₽
+4'258 €</t>
+  </si>
+  <si>
+    <t>Jimny</t>
+  </si>
+  <si>
+    <t>U202, Suzuki Jimny 2004, 1.3, бензин, МКПП
+ JSAFJB43V00186739</t>
+  </si>
+  <si>
+    <t>301'100 ₽
+3'137 €</t>
+  </si>
+  <si>
+    <t>Y156, Toyota Auris 2008, 1.6, бензин, МКПП
+ SB1KV56E80F034893</t>
+  </si>
+  <si>
+    <t>269'600 ₽
+2'808 €</t>
+  </si>
+  <si>
+    <t>Volvo</t>
+  </si>
+  <si>
+    <t>S40</t>
+  </si>
+  <si>
+    <t>Y159, Volvo S40 2010, 1.6, бензин, МКПП
+ YV1MS2042B2532631</t>
   </si>
   <si>
     <t>VW</t>
   </si>
   <si>
     <t>Tiguan</t>
   </si>
   <si>
     <t>W336, VW Tiguan 2009, 2.0, дизель, МКПП
  WVGZZZ5NZ9W043248</t>
   </si>
   <si>
-    <t>292'300 ₽
+    <t>295'400 ₽
 3'077 €</t>
   </si>
   <si>
     <t>Touareg</t>
   </si>
   <si>
     <t>W318, VW Touareg 2004, 2.5, дизель, МКПП
  WVGZZZ7LZ5D032752</t>
   </si>
   <si>
+    <t>304'000 ₽
+3'167 €</t>
+  </si>
+  <si>
+    <t>U209, VW Touareg 2007, 3.0, дизель, АКПП
+ WVGZZZ7LZ7D076374</t>
+  </si>
+  <si>
+    <t>373'500 ₽
+3'890 €</t>
+  </si>
+  <si>
+    <t>В Англии
+01.01.2026</t>
+  </si>
+  <si>
+    <t>Y174, Ford Fusion 2008, 1.6, бензин, АКПП
+ WF0UXXGAJU8R03871</t>
+  </si>
+  <si>
+    <t>226'900 ₽
+2'363 €</t>
+  </si>
+  <si>
+    <t>В Англии
+15.11.2025</t>
+  </si>
+  <si>
+    <t>U222, Audi Q3 2013, 2.0, дизель, МКПП
+ WAUZZZ8U1ER042489</t>
+  </si>
+  <si>
+    <t>400'200 ₽
+4'169 €</t>
+  </si>
+  <si>
+    <t>В Англии
+28.02.2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">D893, Citroen C4 2005, 1.6, бензин, АКПП
+ </t>
+  </si>
+  <si>
+    <t>170'100 ₽
+1'772 €</t>
+  </si>
+  <si>
+    <t>W370, Ford Focus 2009, 1.6, бензин, МКПП
+ WF0PXXWPDP9J40813</t>
+  </si>
+  <si>
+    <t>234'000 ₽
+2'438 €</t>
+  </si>
+  <si>
+    <t>В Англии
+30.09.2025</t>
+  </si>
+  <si>
+    <t>U189, Ford Focus 2012, 1.6, бензин, АКПП
+ WF0LXXGCBLCB76515</t>
+  </si>
+  <si>
     <t>300'900 ₽
-3'167 €</t>
-[...5 lines deleted...]
-    <t>Freelander</t>
+3'134 €</t>
+  </si>
+  <si>
+    <t>U216, Ford Focus 2014, 1.6, бензин, МКПП
+ WF0KXXGCBKEM26079</t>
+  </si>
+  <si>
+    <t>302'800 ₽
+3'154 €</t>
+  </si>
+  <si>
+    <t>В Англии
+30.11.2025</t>
+  </si>
+  <si>
+    <t>U236, Ford Fusion 2007, 1.4, бензин, МКПП
+ WF0UXXGAJU6A55849</t>
+  </si>
+  <si>
+    <t>229'800 ₽
+2'394 €</t>
+  </si>
+  <si>
+    <t>Y177, Ford Fusion 2009, 1.6, бензин, МКПП
+ WF0UXXGAJU9G50855</t>
+  </si>
+  <si>
+    <t>247'600 ₽
+2'579 €</t>
+  </si>
+  <si>
+    <t>В Англии
+15.10.2025</t>
+  </si>
+  <si>
+    <t>U211, Ford Fusion 2011, 1.6, бензин, МКПП
+ WF0UXXGAJUBL46079</t>
+  </si>
+  <si>
+    <t>U235, Land Rover Freelander 2011, 2.2, дизель, АКПП
+ SALFA2AE7BH264990</t>
+  </si>
+  <si>
+    <t>386'400 ₽
+4'025 €</t>
   </si>
   <si>
     <t>В Англии
 15.12.2025</t>
   </si>
   <si>
-    <t xml:space="preserve">W358, Land Rover Freelander 2008, 2.2, дизель, МКПП
-[...143 lines deleted...]
-3'104 €</t>
+    <t>W363, Mitsubishi Lancer 2009, 1.5, бензин, МКПП
+ JMASNCY2A9U000408</t>
+  </si>
+  <si>
+    <t>Y168, Nissan Note 2008, 1.6, бензин, АКПП
+ SJNFCAE11U1284665</t>
+  </si>
+  <si>
+    <t>SX4</t>
+  </si>
+  <si>
+    <t>U247, Suzuki SX4 2015, 1.6, бензин, МКПП
+ TSMJYB22S00191551</t>
+  </si>
+  <si>
+    <t>269'900 ₽
+2'811 €</t>
+  </si>
+  <si>
+    <t>Phaeton</t>
   </si>
   <si>
     <t>В Англии
 31.10.2025</t>
   </si>
   <si>
-    <t>Y144, Ford Fusion 2010, 1.6, бензин, АКПП
-[...174 lines deleted...]
-  <si>
     <t>U214, VW Phaeton 2011, 3.0, дизель, АКПП
  WVWZZZ3DZB8005791</t>
   </si>
   <si>
-    <t>369'600 ₽
-[...2 lines deleted...]
-  <si>
     <t>U210, VW Tiguan 2013, 2.0, дизель, МКПП
  WVGZZZ5NZDW072338</t>
   </si>
   <si>
-    <t>U209, VW Touareg 2007, 3.0, дизель, АКПП
-[...2 lines deleted...]
-  <si>
     <t>U234, VW Touareg 2009, 3.0, дизель, АКПП
  WVGZZZ7LZAD013685</t>
   </si>
   <si>
-    <t>351'100 ₽
+    <t>354'800 ₽
 3'696 €</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
-  <fonts count="7">
+  <fonts count="9">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="0"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="8"/>
+      <color rgb="FFF9F9F9"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b val="1"/>
+      <i val="0"/>
+      <strike val="0"/>
+      <u val="none"/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="single"/>
       <sz val="8"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="8"/>
       <color rgb="FFf81f1f"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
+        <fgColor rgb="FF586895"/>
+        <bgColor rgb="FFFFFFFF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
         <fgColor rgb="FFFFFFFF"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCD11"/>
-        <bgColor rgb="FFFFFFFF"/>
-[...4 lines deleted...]
-        <fgColor rgb="FF586895"/>
         <bgColor rgb="FFFFFFFF"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="7">
     <border/>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF000000"/>
       </left>
+      <right style="thin">
+        <color rgb="FF000000"/>
+      </right>
+    </border>
+    <border>
+      <left style="thin">
+        <color rgb="FF000000"/>
+      </left>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
     <border>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
     <border>
+      <bottom style="thin">
+        <color rgb="FF000000"/>
+      </bottom>
+    </border>
+    <border>
       <right style="thin">
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="38">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="2" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="2" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="2" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="14" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="2" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="4" borderId="3" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="3" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="4" borderId="4" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="49" fillId="2" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="2" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="5" numFmtId="49" fillId="3" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="3" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="5" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="0" numFmtId="0" fillId="3" borderId="4" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
+      <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="4" borderId="4" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="4" borderId="6" applyFont="0" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="49" fillId="2" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="49" fillId="3" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="5" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="5" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="49" fillId="2" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="49" fillId="3" borderId="0" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="49" fillId="2" borderId="5" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="49" fillId="3" borderId="5" applyFont="1" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="5" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="2" numFmtId="0" fillId="3" borderId="5" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="2" numFmtId="0" fillId="2" borderId="5" applyFont="1" applyNumberFormat="0" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="6" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6dfec0d0f352b63f96d23b2f2481a8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d0be8ef5740628b7555fce2495456f816.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fab23d3c2addbada6f5349a7e5180d3b17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0c315da7f7d710510d6c64d0b64cbc1718.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/62a9be8d75464caa2399722cd6e8aacf19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fbf44b969c987fde6df99c84c19c1bf820.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/834d3f860cd360e6652438088244c77121.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3f7d1242b95fbf9a25628dfeaf4f6e5322.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4560897ac906397045ad6e341e76535223.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/22f042f0292db2ce9306162eab49b4ff24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f221bc57abffb0549ca666d083249d5725.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/56cd2eb137071ba487a966f67ce6666e26.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58b3015538adb80ab611b72b153c83d427.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/66911a903b007e2e8657c6591b45df1d28.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06bad2e9ea7d8ff08a4f8f750557cc7e29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/625b09bd839356381378e3721354c73730.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/64864afba4497473424d34c750c2cd8f31.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2fe27c0b4c3f392ddbafa789901fc40632.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4de68773fec0937c641a9e27dff9c7d233.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3c3293617d06fc6b7194942122ee965734.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/232d55c86455b4d882e0a9d75cdd58d335.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7df557acfd2d161e120bbe1e4c9be52836.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7c496f72e1d98488616ffda6cafd331d37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9b8c00555c324d6c790440c2fc46a3738.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a559226dd1c63d9da6cd5e88eea3807639.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ac4179ad656908f9bc623a8f1d3c1f1b40.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/981ae41cf1d80e9e93d657286dc0255141.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/61b5c9adfe92019a364e9443a2550d3242.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e81a6a0e3c599a939b92b8fa8855a0dd43.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/039c74a8379c29939acbbf513a82f41644.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f72b0efe3b87c27c88b03480e1f6228245.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0e9ff2209468a05510234a74008e8aec46.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ade54a0126d0937c706904bc880cc4ad47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a79803d8ea3bbdad79f49bd1cc0562f148.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/12eb38b4268b3babaef35015627874f549.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07af38314649a82c8b3e05a007f133c550.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a991fb0eb342f233abdb12005bfe408551.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/371ae3cc67eab1084d0b574aed26b30c52.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c64b8d9aea0d1961a03adaecc000c5a753.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b1750feef7f6f913612c49389cda0bd754.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38e6c9631d1a297cea0bbe1bd2f5974555.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/76440a6a1c296f23a04aeeb4d45d0f4256.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aca9960fa58add48a5a666eea6a6bd7657.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f54f8cab88610cbaedb123030819d93858.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c21d68db1fab9dfaad019afd7281e17759.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/98c341043edd2ea9000238ad49aa23c060.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/57b6aeb9f3e885b465c5dfef38a8280361.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d4661c60463a8e738553a13f872419462.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fb28795d4837f6eaea447e6781381fae63.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e1957b148fdeb0a068bb378f0f4a74cc64.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e04427bd0acebc3634c90a6efa97018a65.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9d72273114bed254e36d50cc099b2fc166.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/524a96600f895f232787e29c3a9eaf5a67.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/addbb442910cbd1c6bf1efbc5339b84a68.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/30e2c71d73506188a52d6d3e188006a169.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ca994affaa0cb3e59a833c9a8d8e297370.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f54d62f1a41026c7b6f014005320263a71.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b18c82695285808b2d029953105b2de72.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d27fc5c84af5b8fc2af856e1cff7d9e673.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/60e8741fa1cc47c280b1c9ea60b662b074.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7e4d42d05761c389a49573c9b6b6f55875.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/42ada3cfa80606c1b222b371f675412976.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5a1d26b2ac01e027617e1df5cceb16c377.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/43f3c7bb72b113846e2693d26648df8e78.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f65d3439992d354d34a3449efcbb211479.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2a9a0192bfcaac96305e749db11e772480.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/78b887d4c7f9d42e4a33d12c7a22c7bd81.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e008720c739a2d02b1bc3d470bd411f682.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/442e2dd73f8ec1f8edfe4080c73da39883.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a4b2e950a42550d04e53357d47bb712384.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/eeb4aaaacef092670216084ebfa7e53985.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/07bc7b22b06244b51c16a48ce7e4829086.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dba31c78bd24d356643ebc3c0cb16f3887.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bb2b769ac09aa41ef5fa1fa0afbf66e88.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f6106db18bf9be8d4425fd5e17047de89.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d5667873f537cdf9c68b0ec288b409e90.png"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c7a94b1cd24b330a6bf5b738722c5fc791.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/baf8fa4693778db293586d5cd5509e6a92.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/005421cf8b946839beedd964fdbe984d93.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a676033d97a32fce65feba0802decda194.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39f36939431b4e5143d98f1824cba33e95.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9f11658cfea4cf73e72e442ed77e91b496.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ecfd909c5980fbef61545cfb024ce99d97.png"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b63a6875ae8d7a6559324d69b86fe2d998.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e5c45ec58c001faf2411ad5163fe100b99.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/843d8ce8e6c864732d809ceb0242b09b100.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c3fcb935e67906c7baa572edf9ebbbd2101.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e25f3d304cdb60c6e5501d95eed66bf1102.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c890588cd7708d6d039ab832e407587103.png"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1217c57b6711f4d308e2135e3335ce5d104.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/79b8086d50805bf074a3bb108e4dacb7105.png"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9103506accebf75bc50f7edf36ff952c106.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7fe67c56a13efcb61c3272e1820e7964107.png"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a7875fad70192fedc7b07cffb1bd62d6108.png"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bef1b7b99d3330ad2b1c4b99ed7d9b1f109.png"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3bca99e3135496ecb91f8c69171e3606110.png"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f03943ce34885fda209bcaba7ccac2dd111.png"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5c5c7ffed147134714334ccb816aa618112.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8d9c911cfb994661fa5b09d75807a6d113.png"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9b3f1a6e2c314e2b9eedf3d804d6cc3114.png"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fa61e860b688e51707b1f868b8a37007115.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c8d87c3f3acdeb1a5067a478322844b116.png"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/191638526c8d388fd77cfb883fcaed7a117.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2ecba0db80532b945d92b4d60116ddb4118.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/72bbfcf311bb4585108fc6bae1e21904119.png"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c32d8f4f394db4b3271bef7a81db395d120.png"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/033a6eb18d08f2efac2c82b974fa62ac121.png"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/623ba0a9f5dd77e3c25e5ee2337c8bd3122.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/326b64c5493fb328b46bc88ae46cd335123.png"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/052f03849a2d3fe7eb5dcc253e4f04bd124.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6dfec0d0f352b63f96d23b2f2481a8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/336ccffda12cbd343afce077b14f04de16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2fb81e6d150c984a0a2e7c0b5a461fb17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8218c7cba78be961390d99e4efddf95e18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/576d715e9fb18d85eaa40b0f6c83029a19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e22d1f7f7c3999a0ec0861a6e11d37a20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e20ddb8eb2ab7cc38030840a1c5e227121.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8ba1ac3d2cc464dbf8ddf941703fe7722.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9adc7bd1c1a9ea8e2280f3e7ace003bf23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9b90697446f2933b56a5f62e2eca51a24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abb341d4017b5d52a108019e364e49da25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f9bd5b56149bb7c3e2f1e3d4330f04326.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d53cb3f38798eaee5046f332490677527.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220e6166558d09775970a605810a98b928.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/494c705544ccf62f2673240964902b0729.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401f41e92bd1465ad6a3eccdd3e701cc30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8fa652118cd9526c34cbafd9cfd308231.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63da51da5125a72bc6d780abe398c4cd32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546e41edcad695523ccf8d97b6c1b17633.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58baa1cad87c5cfd08ebde8f4f11114634.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c8d35ffcc9e6257814f6bd07155a86235.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6450d78a81d667c498e487f807105f0936.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ca5c581b095d65d27e8ebc24933f1eb37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf464951f8423d36b425ceaa10b5563538.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8326f7aae38fdf212d22c5473dd88dc039.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cfa579b863c2e75579ff5f8427c8c7240.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf195a60298670c53a73cf4cde596c141.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e9bde04e6241dbd43f768c4dc9397f942.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ccfe4bc51a3c46869322503cc564fe543.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae554e4a67bfd1e84075a9555dfa69744.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5ae49c3ab576d894fd34eb8da0ba85945.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ed5ef62204686d38ae194062f9725146.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06496515b14759fdc541eda2aa9bc2e47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/098c92e9431c39435d15f1c77ba8f7ab48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0e2996b75a4619b6c4350687081111749.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24dc34e8e98f5b4b2ec90826fe265a1150.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989bc5c2f6695650988acc4bb701d54451.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0238f3ebd4d79f4efe174ab6d659649352.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06ab679a39e6e3892f102d297fdde16453.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df19f2c32a17f03a49261e0c47bafdf954.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd1cf5c96eeace834002ecc36376dca55.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d41a9bcbd58923ab350f4441605d41a56.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7d18623878af3cefe571e0363250f8357.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33dde9a0ccbc6c788ac791e20e105e8458.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd077fc6ca417348e65a079c0fc0987559.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39fd4e163b472e061fd43801806b0fa860.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b689eab4e905e97cc33a6485e75698061.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f5ba5fca29d7bf30ffc12ad642c532b62.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c628082f174ff8d6e56b99d4ba0604763.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d07a338a140b7be0990cee4cb4c7825164.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71c8c6ad46380b0568a71da0d31110c065.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1f5359f50f49545c7d7a4c8900dd3466.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e6ddcd0afd22017205c3658fa9f9fae67.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09b13557b280823cd6f4b0106501f90168.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/418a0844e7baea74a03c53b52dc1d7b069.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa938599813d787a897f3231236a49b970.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e84a94b692f9e1011f095d65bb93720571.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7718f7a18693ddac4205a9e6ad9a527e72.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/add1c68e3f501e37243dbe7b16df5b4773.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a2fd67d23fa604943eb56e2d2ec8dcd74.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13491c464700e47f4ca1848c9a3f57075.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d83c63a5fba0623af959f09af3c8e6d76.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d62ca6d7ad3f4e6f9506d48697f858677.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/105439c6913a2a59495a7f58d75335c378.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/870c426c1729b87e66e9b33f48a95c3e79.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a16cd9fa8e80d44c3f1f1d5584e023180.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4729310cd6e9d5419a97f0a5e4b74781.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49fd441075a372570611afa48713ff3982.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085fc4bec3df9e47793f4377740a006183.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d4da4f05784866b9e5e1d28d9ebca2b84.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/799d7a4bbea8fcb6b8826d7ea31763c285.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96a838ece6316956171bba033afb662286.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ee160e3a7f50ec6ec6e2058942bd8b87.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/866e33d40724b17d2bd0d31b9057767788.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df2cc1de0f96e368d0b9016b280791bc89.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3738619e5b67257e6b0a6c90312f9c3190.png"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02d9ff46b7d0b0ab80b1f12ba43d6c2291.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659502c50a264976b8d6a8af469b9d2a92.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac07756290409352e9993b066945d8c93.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a08fe28085243298c9355d1b7a7808494.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0a0b859b5c769e7a3016e9c7bffe0e095.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b81871b02220c01d23f9f70a374a17596.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c9bb0191708feecafc95fdd0e71756597.png"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9e47af80a66a289330a0e7c6f37281098.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e57d32990c857550c546754293fc5b99.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/000135104b57d6c31963190fca431ec7100.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cda0b83758f223412ec95f4869fa7d34101.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8264b89d8c921d6693e3bb786b20503b102.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f66aa91c984470d6b10853cff2a940c4103.png"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03449ad251c8fd6cf40411978adc133f104.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6bf1cc9c9b76a1c44fe15577ae6ed79105.png"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a37ccf2fee61badeb94dc0fa658c47a106.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceb8df6820843cbdfe29f983a80c0170107.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>390525</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="542925" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рисунок 2" descr="logotype.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1908,3363 +1758,2853 @@
       <xdr:nvPicPr>
         <xdr:cNvPr id="13" name="Рисунок 10" descr="whatsapp.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId13"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>400050</xdr:colOff>
-      <xdr:row>3</xdr:row>
+      <xdr:row>1</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="142875" cy="142875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="14" name="Рисунок 8" descr="telegram.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId14"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>9</xdr:col>
       <xdr:colOff>257175</xdr:colOff>
-      <xdr:row>3</xdr:row>
+      <xdr:row>1</xdr:row>
       <xdr:rowOff>28575</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="142875" cy="142875"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="15" name="Рисунок 10" descr="whatsapp.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>8</xdr:row>
+      <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="16" name="N92, BMW 1-Series 2014, 1.6, бензин, МКПП" descr="N92, BMW 1-Series 2014, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>9</xdr:row>
+      <xdr:row>10</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="17" name="Y31, Chevrolet Aveo 2010, 1.1, бензин, МКПП" descr="Y31, Chevrolet Aveo 2010, 1.1, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>10</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="18" name="Y16, Chevrolet Spark 2011, 1.1, бензин, МКПП" descr="Y16, Chevrolet Spark 2011, 1.1, бензин, МКПП"/>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="18" name="Y118, Chevrolet Lacetti 2010, 1.8, бензин, АКПП" descr="Y118, Chevrolet Lacetti 2010, 1.8, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>11</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="19" name="U174, Citroen C-Crosser 2008, 2.2, дизель, МКПП" descr="U174, Citroen C-Crosser 2008, 2.2, дизель, МКПП"/>
+      <xdr:row>12</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="19" name="U173, Citroen C4 2006, 1.6, бензин, МКПП" descr="U173, Citroen C4 2006, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>12</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="20" name="U173, Citroen C4 2006, 1.6, бензин, МКПП" descr="U173, Citroen C4 2006, 1.6, бензин, МКПП"/>
+      <xdr:row>13</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="20" name="W237, Dodge Caliber 2009, 2.0, бензин, АКПП" descr="W237, Dodge Caliber 2009, 2.0, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>13</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="21" name="W237, Dodge Caliber 2009, 2.0, бензин, АКПП" descr="W237, Dodge Caliber 2009, 2.0, бензин, АКПП"/>
+      <xdr:row>14</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="21" name="Y132, Ford Fiesta 2006, 1.1, бензин, МКПП" descr="Y132, Ford Fiesta 2006, 1.1, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>14</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="22" name="U172, Ford Focus 2010, 1.6, бензин, МКПП" descr="U172, Ford Focus 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="22" name="W78, Ford Focus 2010, 1.6, бензин, МКПП" descr="W78, Ford Focus 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>15</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="23" name="Y103, Ford Focus 2008, 1.6, бензин, АКПП" descr="Y103, Ford Focus 2008, 1.6, бензин, АКПП"/>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="23" name="U152, Ford Focus 2009, 1.6, бензин, МКПП" descr="U152, Ford Focus 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>16</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="24" name="F905, Ford Fusion 2006, 1.6, бензин, МКПП" descr="F905, Ford Fusion 2006, 1.6, бензин, МКПП"/>
+      <xdr:row>17</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="24" name="W291, Ford Focus 2011, 1.6, бензин, МКПП" descr="W291, Ford Focus 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>17</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="25" name="W291, Ford Focus 2011, 1.6, бензин, МКПП" descr="W291, Ford Focus 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>18</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="25" name="W208, Ford Fusion 2007, 1.4, бензин, МКПП" descr="W208, Ford Fusion 2007, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>18</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="26" name="W78, Ford Focus 2010, 1.6, бензин, МКПП" descr="W78, Ford Focus 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>19</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="26" name="W233, Ford Fusion 2007, 1.4, бензин, МКПП" descr="W233, Ford Fusion 2007, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>19</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="27" name="J904, Ford Focus 2009, 1.8, бензин, МКПП" descr="J904, Ford Focus 2009, 1.8, бензин, МКПП"/>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="27" name="U126, Ford Fusion 2011, 1.4, бензин, МКПП" descr="U126, Ford Fusion 2011, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>20</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="28" name="U167, Ford Focus 2008, 1.6, бензин, МКПП" descr="U167, Ford Focus 2008, 1.6, бензин, МКПП"/>
+      <xdr:row>21</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="28" name="W221, Ford Mondeo 2005, 1.8, бензин, МКПП" descr="W221, Ford Mondeo 2005, 1.8, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>21</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="29" name="U184, Ford Focus 2004, 1.6, бензин, МКПП" descr="U184, Ford Focus 2004, 1.6, бензин, МКПП"/>
+      <xdr:row>22</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="29" name="G989, Ford Mondeo 2005, 2.0, дизель, МКПП" descr="G989, Ford Mondeo 2005, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>22</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="30" name="F813, Ford Focus 2010, 1.8, бензин, МКПП" descr="F813, Ford Focus 2010, 1.8, бензин, МКПП"/>
+      <xdr:row>23</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="30" name="Y135, Honda Civic 2008, 1.3, электро, АКПП" descr="Y135, Honda Civic 2008, 1.3, электро, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>23</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="31" name="U152, Ford Focus 2009, 1.6, бензин, МКПП" descr="U152, Ford Focus 2009, 1.6, бензин, МКПП"/>
+      <xdr:row>24</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="31" name="W294, Hyundai Getz 2008, 1.1, бензин, МКПП" descr="W294, Hyundai Getz 2008, 1.1, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>24</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="32" name="U155, Ford Focus 2009, 1.6, бензин, МКПП" descr="U155, Ford Focus 2009, 1.6, бензин, МКПП"/>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="32" name="Y111, Hyundai ix35 2013, 2.0, дизель, МКПП" descr="Y111, Hyundai ix35 2013, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>25</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="33" name="W208, Ford Fusion 2007, 1.4, бензин, МКПП" descr="W208, Ford Fusion 2007, 1.4, бензин, МКПП"/>
+      <xdr:row>26</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="33" name="N115, Mazda 3 2009, 1.6, бензин, МКПП" descr="N115, Mazda 3 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>26</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="34" name="W233, Ford Fusion 2007, 1.4, бензин, МКПП" descr="W233, Ford Fusion 2007, 1.4, бензин, МКПП"/>
+      <xdr:row>27</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="34" name="W283, Mazda 3 2010, 1.6, бензин, МКПП" descr="W283, Mazda 3 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>27</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="35" name="U175, Ford Fusion 2007, 1.4, бензин, МКПП" descr="U175, Ford Fusion 2007, 1.4, бензин, МКПП"/>
+      <xdr:row>28</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="35" name="N158, Mazda 3 2008, 1.6, бензин, МКПП" descr="N158, Mazda 3 2008, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>28</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="36" name="U126, Ford Fusion 2011, 1.4, бензин, МКПП" descr="U126, Ford Fusion 2011, 1.4, бензин, МКПП"/>
+      <xdr:row>29</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="36" name="Y101, Mazda 3 2007, 2.3, бензин, МКПП" descr="Y101, Mazda 3 2007, 2.3, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>29</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="37" name="U168, Ford Fusion 2008, 1.4, бензин, МКПП" descr="U168, Ford Fusion 2008, 1.4, бензин, МКПП"/>
+      <xdr:row>30</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="37" name="G903, Mazda 3 2010, 1.6, бензин, МКПП" descr="G903, Mazda 3 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>30</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="38" name="W268, Ford Fusion 2006, 1.6, бензин, АКПП" descr="W268, Ford Fusion 2006, 1.6, бензин, АКПП"/>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="38" name="G905, Mazda 3 2011, 1.6, бензин, МКПП" descr="G905, Mazda 3 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>31</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="39" name="W305, Honda Civic 2007, 1.8, бензин, МКПП" descr="W305, Honda Civic 2007, 1.8, бензин, МКПП"/>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="39" name="Y114, Mazda 3 2006, 1.6, бензин, МКПП" descr="Y114, Mazda 3 2006, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>32</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="40" name="Y73, Honda Civic 2007, 1.8, бензин, АКПП" descr="Y73, Honda Civic 2007, 1.8, бензин, АКПП"/>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="40" name="N152, Mazda 6 2014, 2.2, дизель, МКПП" descr="N152, Mazda 6 2014, 2.2, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>33</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="41" name="W294, Hyundai Getz 2008, 1.1, бензин, МКПП" descr="W294, Hyundai Getz 2008, 1.1, бензин, МКПП"/>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="41" name="Y123, Nissan Note 2006, 1.6, бензин, АКПП" descr="Y123, Nissan Note 2006, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>34</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="42" name="U89, Kia Sportage 2014, 1.7, дизель, МКПП" descr="U89, Kia Sportage 2014, 1.7, дизель, МКПП"/>
+      <xdr:row>35</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="Y97, Nissan Note 2006, 1.6, бензин, МКПП" descr="Y97, Nissan Note 2006, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>35</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="43" name="U134, Kia Sportage 2015, 2.0, дизель, МКПП" descr="U134, Kia Sportage 2015, 2.0, дизель, МКПП"/>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="43" name="Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП" descr="Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>36</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="44" name="Y101, Mazda 3 2007, 2.3, бензин, МКПП" descr="Y101, Mazda 3 2007, 2.3, бензин, МКПП"/>
+      <xdr:row>37</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="44" name="W243, Nissan Qashqai 2014, 1.1, бензин, МКПП" descr="W243, Nissan Qashqai 2014, 1.1, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>37</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="45" name="W283, Mazda 3 2010, 1.6, бензин, МКПП" descr="W283, Mazda 3 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>38</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="45" name="Y120, Suzuki Grand Vitara 2013, 2.4, бензин, МКПП" descr="Y120, Suzuki Grand Vitara 2013, 2.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>38</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="46" name="G903, Mazda 3 2010, 1.6, бензин, МКПП" descr="G903, Mazda 3 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>39</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="46" name="Y63, Toyota Auris 2007, 1.6, бензин, МКПП" descr="Y63, Toyota Auris 2007, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>39</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="47" name="G905, Mazda 3 2011, 1.6, бензин, МКПП" descr="G905, Mazda 3 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>40</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="47" name="F933, Toyota Auris 2007, 1.6, бензин, МКПП" descr="F933, Toyota Auris 2007, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>40</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="48" name="N152, Mazda 6 2014, 2.2, дизель, МКПП" descr="N152, Mazda 6 2014, 2.2, дизель, МКПП"/>
+      <xdr:row>41</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="48" name="Y43, Toyota Celica 2002, 1.8, бензин, МКПП" descr="Y43, Toyota Celica 2002, 1.8, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>41</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="49" name="W243, Nissan Qashqai 2014, 1.1, бензин, МКПП" descr="W243, Nissan Qashqai 2014, 1.1, бензин, МКПП"/>
+      <xdr:row>42</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="49" name="G943, Toyota RAV 4 2005, 2.0, бензин, МКПП" descr="G943, Toyota RAV 4 2005, 2.0, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>42</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="50" name="U161, Suzuki Grand Vitara 2009, 2.4, бензин, МКПП" descr="U161, Suzuki Grand Vitara 2009, 2.4, бензин, МКПП"/>
+      <xdr:row>43</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="50" name="W305, Honda Civic 2007, 1.8, бензин, МКПП" descr="W305, Honda Civic 2007, 1.8, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>43</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="51" name="F933, Toyota Auris 2007, 1.6, бензин, МКПП" descr="F933, Toyota Auris 2007, 1.6, бензин, МКПП"/>
+      <xdr:row>44</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="51" name="Y73, Honda Civic 2007, 1.8, бензин, АКПП" descr="Y73, Honda Civic 2007, 1.8, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>44</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="52" name="Y43, Toyota Celica 2002, 1.8, бензин, МКПП" descr="Y43, Toyota Celica 2002, 1.8, бензин, МКПП"/>
+      <xdr:row>45</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="52" name="U237, Audi Q3 2017, 1.4, бензин, АКПП" descr="U237, Audi Q3 2017, 1.4, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>45</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="53" name="G943, Toyota RAV 4 2005, 2.0, бензин, МКПП" descr="G943, Toyota RAV 4 2005, 2.0, бензин, МКПП"/>
+      <xdr:row>46</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="53" name="U197, Ford Focus 2010, 1.6, бензин, МКПП" descr="U197, Ford Focus 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>46</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="54" name="G989, Ford Mondeo 2005, 2.0, дизель, МКПП" descr="G989, Ford Mondeo 2005, 2.0, дизель, МКПП"/>
+      <xdr:row>47</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="54" name="U194, Chevrolet Cruze 2012, 1.8, бензин, АКПП" descr="U194, Chevrolet Cruze 2012, 1.8, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>47</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="55" name="W221, Ford Mondeo 2005, 1.8, бензин, МКПП" descr="W221, Ford Mondeo 2005, 1.8, бензин, МКПП"/>
+      <xdr:row>48</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="55" name="Y148, Ford Fiesta 2006, 1.6, бензин, АКПП" descr="Y148, Ford Fiesta 2006, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>48</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="56" name="N115, Mazda 3 2009, 1.6, бензин, МКПП" descr="N115, Mazda 3 2009, 1.6, бензин, МКПП"/>
+      <xdr:row>49</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="56" name="W319, Ford Focus 2009, 1.6, бензин, МКПП" descr="W319, Ford Focus 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>49</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="57" name="N158, Mazda 3 2008, 1.6, бензин, МКПП" descr="N158, Mazda 3 2008, 1.6, бензин, МКПП"/>
+      <xdr:row>50</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="57" name="W349, Ford Focus 2011, 1.6, бензин, МКПП" descr="W349, Ford Focus 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>50</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="58" name="Y63, Toyota Auris 2007, 1.6, бензин, МКПП" descr="Y63, Toyota Auris 2007, 1.6, бензин, МКПП"/>
+      <xdr:row>51</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="58" name="W335, Ford Focus 2007, 1.6, бензин, МКПП" descr="W335, Ford Focus 2007, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>51</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="59" name="Y118, Chevrolet Lacetti 2010, 1.8, бензин, АКПП" descr="Y118, Chevrolet Lacetti 2010, 1.8, бензин, АКПП"/>
+      <xdr:row>52</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="59" name="U196, Ford Focus 2006, 2.0, бензин, АКПП" descr="U196, Ford Focus 2006, 2.0, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>52</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="60" name="Y132, Ford Fiesta 2006, 1.1, бензин, МКПП" descr="Y132, Ford Fiesta 2006, 1.1, бензин, МКПП"/>
+      <xdr:row>53</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="60" name="U187, Ford Focus 2009, 1.6, бензин, МКПП" descr="U187, Ford Focus 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>53</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="61" name="W319, Ford Focus 2009, 1.6, бензин, МКПП" descr="W319, Ford Focus 2009, 1.6, бензин, МКПП"/>
+      <xdr:row>54</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="61" name="W326, Ford Focus 2011, 1.6, бензин, МКПП" descr="W326, Ford Focus 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>54</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="62" name="W335, Ford Focus 2007, 1.6, бензин, МКПП" descr="W335, Ford Focus 2007, 1.6, бензин, МКПП"/>
+      <xdr:row>55</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="62" name="W328, Ford Focus 2010, 1.6, бензин, МКПП" descr="W328, Ford Focus 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>55</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="63" name="W326, Ford Focus 2011, 1.6, бензин, МКПП" descr="W326, Ford Focus 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>56</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="63" name="W340, Ford Focus 2009, 1.6, бензин, МКПП" descr="W340, Ford Focus 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>56</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="64" name="W328, Ford Focus 2010, 1.6, бензин, МКПП" descr="W328, Ford Focus 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>57</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="64" name="W329, Ford Focus 2010, 1.6, бензин, МКПП" descr="W329, Ford Focus 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>57</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="65" name="W329, Ford Focus 2010, 1.6, бензин, МКПП" descr="W329, Ford Focus 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>58</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="65" name="Y140, Ford Fusion 2007, 1.4, бензин, МКПП" descr="Y140, Ford Fusion 2007, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>58</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="66" name="W323, Ford Kuga 2013, 2.0, дизель, МКПП" descr="W323, Ford Kuga 2013, 2.0, дизель, МКПП"/>
+      <xdr:row>59</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="66" name="Y144, Ford Fusion 2010, 1.6, бензин, АКПП" descr="Y144, Ford Fusion 2010, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>59</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="67" name="Y135, Honda Civic 2008, 1.3, электро, АКПП" descr="Y135, Honda Civic 2008, 1.3, электро, АКПП"/>
+      <xdr:row>60</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="67" name="W337, Ford Fusion 2006, 1.6, бензин, АКПП" descr="W337, Ford Fusion 2006, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>60</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="68" name="W320, Hyundai i30 2012, 1.4, бензин, МКПП" descr="W320, Hyundai i30 2012, 1.4, бензин, МКПП"/>
+      <xdr:row>61</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="68" name="W323, Ford Kuga 2013, 2.0, дизель, МКПП" descr="W323, Ford Kuga 2013, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>61</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="69" name="Y111, Hyundai ix35 2013, 2.0, дизель, МКПП" descr="Y111, Hyundai ix35 2013, 2.0, дизель, МКПП"/>
+      <xdr:row>62</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="69" name="Y154, Honda Civic 2006, 1.3, гибрид, АКПП" descr="Y154, Honda Civic 2006, 1.3, гибрид, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>62</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="70" name="Y114, Mazda 3 2006, 1.6, бензин, МКПП" descr="Y114, Mazda 3 2006, 1.6, бензин, МКПП"/>
+      <xdr:row>63</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="70" name="W320, Hyundai i30 2012, 1.4, бензин, МКПП" descr="W320, Hyundai i30 2012, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>63</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="71" name="Y121, Mazda 3 2007, 1.6, бензин, МКПП" descr="Y121, Mazda 3 2007, 1.6, бензин, МКПП"/>
+      <xdr:row>64</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="71" name="W346, Kia Cerato 2005, 2.0, бензин, МКПП" descr="W346, Kia Cerato 2005, 2.0, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>64</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="72" name="Y110, Mazda 6 2010, 1.8, бензин, МКПП" descr="Y110, Mazda 6 2010, 1.8, бензин, МКПП"/>
+      <xdr:row>65</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="72" name="W350, Kia Soul 2010, 1.6, бензин, МКПП" descr="W350, Kia Soul 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>65</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="73" name="Y115, Mazda CX-5 2013, 2.2, дизель, МКПП" descr="Y115, Mazda CX-5 2013, 2.2, дизель, МКПП"/>
+      <xdr:row>66</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="73" name="Y143, Kia Sportage 2012, 2.0, бензин, МКПП" descr="Y143, Kia Sportage 2012, 2.0, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>66</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="74" name="Y126, Mitsubishi ASX 2011, 1.6, бензин, МКПП" descr="Y126, Mitsubishi ASX 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>67</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="1552575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="W358, Land Rover Freelander 2008, 2.2, дизель, МКПП" descr="W358, Land Rover Freelander 2008, 2.2, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>67</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="75" name="Y125, Mitsubishi Lancer 2005, 2.0, бензин, МКПП" descr="Y125, Mitsubishi Lancer 2005, 2.0, бензин, МКПП"/>
+      <xdr:row>68</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="75" name="U185, Mazda CX-5 2014, 2.2, дизель, МКПП" descr="U185, Mazda CX-5 2014, 2.2, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>68</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="76" name="W331, Nissan Juke 2011, 1.6, бензин, МКПП" descr="W331, Nissan Juke 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>69</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="76" name="U192, Mitsubishi ASX 2013, 1.6, бензин, МКПП" descr="U192, Mitsubishi ASX 2013, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>69</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="77" name="W330, Nissan Note 2013, 1.4, бензин, МКПП" descr="W330, Nissan Note 2013, 1.4, бензин, МКПП"/>
+      <xdr:row>70</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="77" name="Y152, Mitsubishi Lancer 2005, 1.6, бензин, МКПП" descr="Y152, Mitsubishi Lancer 2005, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>70</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="78" name="Y123, Nissan Note 2006, 1.6, бензин, АКПП" descr="Y123, Nissan Note 2006, 1.6, бензин, АКПП"/>
+      <xdr:row>71</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="78" name="W331, Nissan Juke 2011, 1.6, бензин, МКПП" descr="W331, Nissan Juke 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>71</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="79" name="W315, Nissan Qashqai 2015, 1.6, дизель, АКПП" descr="W315, Nissan Qashqai 2015, 1.6, дизель, АКПП"/>
+      <xdr:row>72</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="79" name="Y160, Nissan Note 2008, 1.4, бензин, МКПП" descr="Y160, Nissan Note 2008, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>72</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="80" name="Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП" descr="Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП"/>
+      <xdr:row>73</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="80" name="W330, Nissan Note 2013, 1.4, бензин, МКПП" descr="W330, Nissan Note 2013, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>73</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="81" name="Y113, Nissan Qashqai 2011, 1.6, бензин, МКПП" descr="Y113, Nissan Qashqai 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>74</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="81" name="W315, Nissan Qashqai 2015, 1.6, дизель, АКПП" descr="W315, Nissan Qashqai 2015, 1.6, дизель, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>74</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="82" name="Y120, Suzuki Grand Vitara 2013, 2.4, бензин, МКПП" descr="Y120, Suzuki Grand Vitara 2013, 2.4, бензин, МКПП"/>
+      <xdr:row>75</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="82" name="U208, Nissan Qashqai 2011, 1.6, бензин, МКПП" descr="U208, Nissan Qashqai 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>75</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="83" name="W336, VW Tiguan 2009, 2.0, дизель, МКПП" descr="W336, VW Tiguan 2009, 2.0, дизель, МКПП"/>
+      <xdr:row>76</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="83" name="W342, Nissan Qashqai 2011, 1.6, бензин, МКПП" descr="W342, Nissan Qashqai 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId83"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>76</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="84" name="W318, VW Touareg 2004, 2.5, дизель, МКПП" descr="W318, VW Touareg 2004, 2.5, дизель, МКПП"/>
+      <xdr:row>77</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="84" name="U203, Ssang Yong Korando 2011, 2.0, дизель, МКПП" descr="U203, Ssang Yong Korando 2011, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId84"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>77</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="85" name="W358, Land Rover Freelander 2008, 2.2, дизель, МКПП" descr="W358, Land Rover Freelander 2008, 2.2, дизель, МКПП"/>
+      <xdr:row>78</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="85" name="Y149, Suzuki Grand Vitara 2016, 1.6, бензин, МКПП" descr="Y149, Suzuki Grand Vitara 2016, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId85"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>78</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="86" name="Y159, Volvo S40 2010, 1.6, бензин, МКПП" descr="Y159, Volvo S40 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>79</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="86" name="U202, Suzuki Jimny 2004, 1.3, бензин, МКПП" descr="U202, Suzuki Jimny 2004, 1.3, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId86"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>79</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="87" name="U237, Audi Q3 2017, 1.4, бензин, АКПП" descr="U237, Audi Q3 2017, 1.4, бензин, АКПП"/>
+      <xdr:row>80</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="87" name="Y156, Toyota Auris 2008, 1.6, бензин, МКПП" descr="Y156, Toyota Auris 2008, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId87"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>80</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="88" name="U222, Audi Q3 2013, 2.0, дизель, МКПП" descr="U222, Audi Q3 2013, 2.0, дизель, МКПП"/>
+      <xdr:row>81</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="88" name="Y159, Volvo S40 2010, 1.6, бензин, МКПП" descr="Y159, Volvo S40 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId88"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>81</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="89" name="U194, Chevrolet Cruze 2012, 1.8, бензин, АКПП" descr="U194, Chevrolet Cruze 2012, 1.8, бензин, АКПП"/>
+      <xdr:row>82</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="89" name="W336, VW Tiguan 2009, 2.0, дизель, МКПП" descr="W336, VW Tiguan 2009, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId89"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>82</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="90" name="D893, Citroen C4 2005, 1.6, бензин, АКПП" descr="D893, Citroen C4 2005, 1.6, бензин, АКПП"/>
+      <xdr:row>83</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="90" name="W318, VW Touareg 2004, 2.5, дизель, МКПП" descr="W318, VW Touareg 2004, 2.5, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId90"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>83</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="91" name="Y148, Ford Fiesta 2006, 1.6, бензин, АКПП" descr="Y148, Ford Fiesta 2006, 1.6, бензин, АКПП"/>
+      <xdr:row>84</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="91" name="U209, VW Touareg 2007, 3.0, дизель, АКПП" descr="U209, VW Touareg 2007, 3.0, дизель, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId91"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>84</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="92" name="W340, Ford Focus 2009, 1.6, бензин, МКПП" descr="W340, Ford Focus 2009, 1.6, бензин, МКПП"/>
+      <xdr:row>85</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="92" name="Y174, Ford Fusion 2008, 1.6, бензин, АКПП" descr="Y174, Ford Fusion 2008, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId92"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>85</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="93" name="U216, Ford Focus 2014, 1.6, бензин, МКПП" descr="U216, Ford Focus 2014, 1.6, бензин, МКПП"/>
+      <xdr:row>86</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="93" name="U222, Audi Q3 2013, 2.0, дизель, МКПП" descr="U222, Audi Q3 2013, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId93"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>86</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="94" name="U196, Ford Focus 2006, 2.0, бензин, АКПП" descr="U196, Ford Focus 2006, 2.0, бензин, АКПП"/>
+      <xdr:row>87</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="94" name="D893, Citroen C4 2005, 1.6, бензин, АКПП" descr="D893, Citroen C4 2005, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId94"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>87</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="95" name="U197, Ford Focus 2010, 1.6, бензин, МКПП" descr="U197, Ford Focus 2010, 1.6, бензин, МКПП"/>
+      <xdr:row>88</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="95" name="W370, Ford Focus 2009, 1.6, бензин, МКПП" descr="W370, Ford Focus 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId95"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>88</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="96" name="U187, Ford Focus 2009, 1.6, бензин, МКПП" descr="U187, Ford Focus 2009, 1.6, бензин, МКПП"/>
+      <xdr:row>89</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="96" name="U189, Ford Focus 2012, 1.6, бензин, АКПП" descr="U189, Ford Focus 2012, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId96"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>89</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="97" name="U189, Ford Focus 2012, 1.6, бензин, АКПП" descr="U189, Ford Focus 2012, 1.6, бензин, АКПП"/>
+      <xdr:row>90</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="97" name="U216, Ford Focus 2014, 1.6, бензин, МКПП" descr="U216, Ford Focus 2014, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId97"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>90</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="98" name="W349, Ford Focus 2011, 1.6, бензин, МКПП" descr="W349, Ford Focus 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>91</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="98" name="U236, Ford Fusion 2007, 1.4, бензин, МКПП" descr="U236, Ford Fusion 2007, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId98"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>91</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="99" name="Y144, Ford Fusion 2010, 1.6, бензин, АКПП" descr="Y144, Ford Fusion 2010, 1.6, бензин, АКПП"/>
+      <xdr:row>92</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="99" name="Y177, Ford Fusion 2009, 1.6, бензин, МКПП" descr="Y177, Ford Fusion 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId99"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>92</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="100" name="W337, Ford Fusion 2006, 1.6, бензин, АКПП" descr="W337, Ford Fusion 2006, 1.6, бензин, АКПП"/>
+      <xdr:row>93</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="100" name="U211, Ford Fusion 2011, 1.6, бензин, МКПП" descr="U211, Ford Fusion 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId100"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>93</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="101" name="U236, Ford Fusion 2007, 1.4, бензин, МКПП" descr="U236, Ford Fusion 2007, 1.4, бензин, МКПП"/>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="101" name="U235, Land Rover Freelander 2011, 2.2, дизель, АКПП" descr="U235, Land Rover Freelander 2011, 2.2, дизель, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId101"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>94</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="102" name="Y140, Ford Fusion 2007, 1.4, бензин, МКПП" descr="Y140, Ford Fusion 2007, 1.4, бензин, МКПП"/>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="102" name="W363, Mitsubishi Lancer 2009, 1.5, бензин, МКПП" descr="W363, Mitsubishi Lancer 2009, 1.5, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId102"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>95</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="103" name="U211, Ford Fusion 2011, 1.6, бензин, МКПП" descr="U211, Ford Fusion 2011, 1.6, бензин, МКПП"/>
+      <xdr:row>96</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="103" name="Y168, Nissan Note 2008, 1.6, бензин, АКПП" descr="Y168, Nissan Note 2008, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId103"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>96</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="104" name="Y154, Honda Civic 2006, 1.3, гибрид, АКПП" descr="Y154, Honda Civic 2006, 1.3, гибрид, АКПП"/>
+      <xdr:row>97</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="104" name="U247, Suzuki SX4 2015, 1.6, бензин, МКПП" descr="U247, Suzuki SX4 2015, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId104"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>97</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="105" name="Y138, Hyundai Coupe 2008, 2.0, бензин, АКПП" descr="Y138, Hyundai Coupe 2008, 2.0, бензин, АКПП"/>
+      <xdr:row>98</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="105" name="U214, VW Phaeton 2011, 3.0, дизель, АКПП" descr="U214, VW Phaeton 2011, 3.0, дизель, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId105"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>98</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="106" name="W346, Kia Cerato 2005, 2.0, бензин, МКПП" descr="W346, Kia Cerato 2005, 2.0, бензин, МКПП"/>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="106" name="U210, VW Tiguan 2013, 2.0, дизель, МКПП" descr="U210, VW Tiguan 2013, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId106"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
-      <xdr:row>99</xdr:row>
-[...5 lines deleted...]
-        <xdr:cNvPr id="107" name="U195, Kia RIO 2011, 1.4, бензин, МКПП" descr="U195, Kia RIO 2011, 1.4, бензин, МКПП"/>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="107" name="U234, VW Touareg 2009, 3.0, дизель, АКПП" descr="U234, VW Touareg 2009, 3.0, дизель, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
-        <a:stretch>
-[...508 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId124"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -5523,3313 +4863,2853 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pezhon.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/47462094/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/bmw/1-series/1-series-f20f21-2011/n92-bmw-1-series-2014-16-benzin-mkpp12062024-01065656/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52061105/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/aveo/aveo-t250-2005-2011/y31-chevrolet-aveo-2010-11-benzin-mkpp06052025-03054848/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/49591985/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/spark/spark-2005-2011/y16-chevrolet-spark-2011-11-benzin-mkpp24042025-01040909/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66807115/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/citroen/c-crosser/c-crosser-2008/u174-citroen-c-crosser-2008-22-dizel-mkpp27082025-10083232/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67573085/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/citroen/c4/c4-2005-2011/u173-citroen-c4-2006-16-benzin-mkpp27082025-10082727/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56610975/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/dodge/caliber/caliber-2006-2011/w237-dodge-caliber-2009-20-benzin-akpp02062025-07065656/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65671515/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u172-ford-focus-2010-16-benzin-mkpp27082025-10083737/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64715485/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/y103-ford-focus-2008-16-benzin-akpp12082025-08083232/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67226924/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/f905-ford-focus-2006-16-benzin-mkpp01112024-12112020/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67167635/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w291-ford-focus-2011-16-benzin-mkpp15082025-01081717/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/69545474/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/g909-ford-focus-2010-16-benzin-mkpp03102024-10103737/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/55584234/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/j904-ford-focus-2009-18-benzin-mkpp30052024-11053434/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67698135/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u167-ford-focus-2008-16-benzin-mkpp20082025-01082626/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68985915/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-i-1998-2004/u184-ford-focus-2004-16-benzin-mkpp02092025-03093636/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/54875934/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/f813-ford-focus-2010-18-benzin-mkpp25062024-12062424/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63794805/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u152-ford-focus-2009-16-benzin-mkpp30072025-05070101/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63983035/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u155-ford-focus-2009-16-benzin-mkpp30072025-11070404/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/50281235/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w208-ford-fusion-2007-14-benzin-mkpp22042025-11043232/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52064295/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w233-ford-fusion-2007-14-benzin-mkpp26052025-10053333/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67160835/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u175-ford-fusion-2007-14-benzin-mkpp28082025-12085353/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/59074245/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u126-ford-fusion-2011-14-benzin-mkpp20062025-12063333/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67157115/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u168-ford-fusion-2008-14-benzin-mkpp20082025-08081010/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/59410265/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w268-ford-fusion-2006-16-benzin-akpp26062025-11060404/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68302815/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/w305-honda-civic-2007-18-benzin-mkpp28082025-09084848/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/60016715/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y73-honda-civic-2007-18-benzin-akpp25062025-02064545/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65110445/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/getz/getz-2002-2010/w294-hyundai-getz-2008-11-benzin-mkpp20082025-11082424/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/49574295/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/sportage/sportage-2010-2015/u89-kia-sportage-2014-17-dizel-mkpp01052025-12050101/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/60233455/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/sportage/sportage-2010-2015/u134-kia-sportage-2015-20-dizel-mkpp27062025-12060000/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64919355/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/y101-mazda-3-2007-23-benzin-mkpp12082025-07081111/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63614735/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/w283-mazda-3-2010-16-benzin-mkpp30072025-11072929/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70550524/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/g903-mazda-3-2010-16-benzin-mkpp26092024-11093030/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70194884/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/g905-mazda-3-2011-16-benzin-mkpp26092024-12095252/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66644874/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-6/mazda-6-gj-2013/n152-mazda-6-2014-22-dizel-mkpp11092024-01091010/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56820805/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j11-2014/w243-nissan-qashqai-2014-11-benzin-mkpp05062025-11065353/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64913745/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/grand-vitara/grand-vitara-2006/u161-suzuki-grand-vitara-2009-24-benzin-mkpp07082025-11080101/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/82726584/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e18-2012/f933-toyota-auris-2007-16-benzin-mkpp17122024-12123333/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56124625/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/celica/celica-zt23-1999-2005/y43-toyota-celica-2002-18-benzin-mkpp22052025-12054848/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/74409154/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/rav-4/rav-4-2000-2005/g943-toyota-rav-4-2005-20-benzin-mkpp24102024-11102323/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/77079114/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/mondeo/mondeo-iii-2000-2007/g989-ford-mondeo-2005-20-dizel-mkpp02122024-04120606/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52266175/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/mondeo/mondeo-iii-2000-2007/w221-ford-mondeo-2005-18-benzin-mkpp07052025-01051515/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/58194194/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/n115-mazda-3-2009-16-benzin-mkpp18072024-09073333/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70218354/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/n158-mazda-3-2008-16-benzin-mkpp22092024-09093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/55723495/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e15-2006-2012/y63-toyota-auris-2007-16-benzin-mkpp19062025-11064444/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68106445/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/lacetti/lacetti-2003/y118-chevrolet-lacetti-2010-18-benzin-akpp28082025-12080707/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80005615/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fiesta/fiesta-2001-2007/y132-ford-fiesta-2006-11-benzin-mkpp24092025-09092525/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71328775/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w319-ford-focus-2009-16-benzin-mkpp23092025-09090101/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81046735/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/w335-ford-focus-2007-16-benzin-mkpp10102025-05102828/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67161565/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w326-ford-focus-2011-16-benzin-mkpp01102025-01103636/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70640885/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w328-ford-focus-2010-16-benzin-mkpp01102025-11105555/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71382105/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w329-ford-focus-2010-16-benzin-mkpp01102025-11104646/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71145345/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/kuga/kuga-2012/w323-ford-kuga-2013-20-dizel-mkpp24092025-09092020/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80228995/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y135-honda-civic-2008-13-elektro-akpp05102025-10105757/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71191035/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/i30/i30-2007-2012/w320-hyundai-i30-2012-14-benzin-mkpp23092025-09093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66972085/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/ix35tucson/ix35tucson-2010-2015/y111-hyundai-ix35-2013-20-dizel-mkpp15082025-09082727/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65867705/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/y114-mazda-3-2006-16-benzin-mkpp20082025-11081010/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64963885/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/y121-mazda-3-2007-16-benzin-mkpp01092025-12092020/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64710455/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-6/mazda-6-gh-2007-2012/y110-mazda-6-2010-18-benzin-mkpp15082025-09083838/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70252355/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/cx-5/cx-5-2012/y115-mazda-cx-5-2013-22-dizel-mkpp16092025-05094646/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63543545/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/asx/asx-2010/y126-mitsubishi-asx-2011-16-benzin-mkpp15092025-12090101/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70417415/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/lancer/lancer-csclassic-2003-2006/y125-mitsubishi-lancer-2005-20-benzin-mkpp22092025-10090101/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71911585/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/juke/juke-f15-2011/w331-nissan-juke-2011-16-benzin-mkpp01102025-11101616/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80042625/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/w330-nissan-note-2013-14-benzin-mkpp01102025-11103838/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66974305/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y123-nissan-note-2006-16-benzin-akpp13092025-12093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/69224845/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j11-2014/w315-nissan-qashqai-2015-16-dizel-akpp16092025-06093434/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63885435/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/y119-nissan-qashqai-2007-16-benzin-mkpp28082025-12081515/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66855905/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/y113-nissan-qashqai-2011-16-benzin-mkpp15082025-10081919/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67884555/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/grand-vitara/grand-vitara-2006/y120-suzuki-grand-vitara-2013-24-benzin-mkpp28082025-12080303/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83927025/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/tiguan/tiguan-2007-2011/w336-vw-tiguan-2009-20-dizel-mkpp10102025-05102222/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71964855/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/w318-vw-touareg-2004-25-dizel-mkpp18092025-10090000/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/land-rover/freelander/freelander-2-2007/w358-land-rover-freelander-2008-22-dizel-mkpp20112025-09115757/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85057985/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/volvo/s40/s40-2004-2012/y159-volvo-s40-2010-16-benzin-mkpp11112025-07113030/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86659345/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/audi/q3/q3-2012/u237-audi-q3-2017-14-benzin-akpp16112025-10111515/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85826725/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/audi/q3/q3-2012/u222-audi-q3-2013-20-dizel-mkpp04112025-07112424/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64386175/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/cruze/cruze-2009/u194-chevrolet-cruze-2012-18-benzin-akpp24092025-10090808/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/220681.258492/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/citroen/c4/c4-2005-2011/d893-citroen-c4-2005-16-benzin-akpp02022022-08023333/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83897015/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fiesta/fiesta-2001-2007/y148-ford-fiesta-2006-16-benzin-akpp23102025-07105757/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83963865/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w340-ford-focus-2009-16-benzin-mkpp17102025-11102525/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70614155/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-iii-2011/u216-ford-focus-2014-16-benzin-mkpp17102025-12103838/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70250815/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/u196-ford-focus-2006-20-benzin-akpp24092025-10090000/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68410125/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u197-ford-focus-2010-16-benzin-mkpp24092025-09091515/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67729875/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u187-ford-focus-2009-16-benzin-mkpp08092025-06092929/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70618685/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-iii-2011/y125-ford-focus-2012-16-benzin-akpp13092025-12095252/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86197995/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-iii-2011/w349-ford-focus-2011-16-benzin-mkpp04112025-06111515/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80489475/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y144-ford-fusion-2010-16-benzin-akpp15102025-10100404/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71376225/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w337-ford-fusion-2006-16-benzin-akpp16102025-02100909/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83920695/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u236-ford-fusion-2007-14-benzin-mkpp16112025-10110909/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80976065/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y140-ford-fusion-2007-14-benzin-mkpp11102025-01105656/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81015375/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w325-ford-fusion-2011-16-benzin-mkpp01102025-01104444/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85296345/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y154-honda-civic-2006-13-gibrid-akpp04112025-07113232/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81258615/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/coupe/coupe-gk-2002/y138-hyundai-coupe-2008-20-benzin-akpp09102025-11105252/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83953255/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/cerato/cerato-2004-2008/w346-kia-cerato-2005-20-benzin-mkpp31102025-11101212/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/62242535/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/rio/rio-2005-2011/u195-kia-rio-2011-14-benzin-mkpp24092025-10095252/" TargetMode="External"/><Relationship Id="rId_hyperlink_185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80932075/" TargetMode="External"/><Relationship Id="rId_hyperlink_186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/soul/soul-2009-2014/w350-kia-soul-2010-16-benzin-mkpp07112025-11111919/" TargetMode="External"/><Relationship Id="rId_hyperlink_187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66264165/" TargetMode="External"/><Relationship Id="rId_hyperlink_188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/sportage/sportage-2010-2015/y143-kia-sportage-2012-20-benzin-mkpp11102025-01105959/" TargetMode="External"/><Relationship Id="rId_hyperlink_189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86763715/" TargetMode="External"/><Relationship Id="rId_hyperlink_190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/land-rover/freelander/freelander-2-2007/u235-land-rover-freelander-2011-22-dizel-akpp11112025-07114747/" TargetMode="External"/><Relationship Id="rId_hyperlink_191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70244285/" TargetMode="External"/><Relationship Id="rId_hyperlink_192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/cx-5/cx-5-2012/u185-mazda-cx-5-2014-22-dizel-mkpp08092025-05090202/" TargetMode="External"/><Relationship Id="rId_hyperlink_193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66098975/" TargetMode="External"/><Relationship Id="rId_hyperlink_194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/asx/asx-2010/u192-mitsubishi-asx-2013-16-benzin-mkpp16092025-06090404/" TargetMode="External"/><Relationship Id="rId_hyperlink_195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84600585/" TargetMode="External"/><Relationship Id="rId_hyperlink_196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/lancer/lancer-csclassic-2003-2006/y152-mitsubishi-lancer-2005-16-benzin-mkpp31102025-11100707/" TargetMode="External"/><Relationship Id="rId_hyperlink_197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86246355/" TargetMode="External"/><Relationship Id="rId_hyperlink_198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y160-nissan-note-2008-14-benzin-mkpp11112025-08114242/" TargetMode="External"/><Relationship Id="rId_hyperlink_199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70418835/" TargetMode="External"/><Relationship Id="rId_hyperlink_200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/u208-nissan-qashqai-2011-16-benzin-mkpp09102025-11100000/" TargetMode="External"/><Relationship Id="rId_hyperlink_201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84439275/" TargetMode="External"/><Relationship Id="rId_hyperlink_202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/w342-nissan-qashqai-2011-16-benzin-mkpp17102025-10101616/" TargetMode="External"/><Relationship Id="rId_hyperlink_203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81173565/" TargetMode="External"/><Relationship Id="rId_hyperlink_204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ssang-yong/korando/korando-kj-1996/u203-ssang-yong-korando-2011-20-dizel-mkpp05102025-01103737/" TargetMode="External"/><Relationship Id="rId_hyperlink_205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84158435/" TargetMode="External"/><Relationship Id="rId_hyperlink_206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/grand-vitara/grand-vitara-2006/y149-suzuki-grand-vitara-2016-16-benzin-mkpp29102025-03102222/" TargetMode="External"/><Relationship Id="rId_hyperlink_207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80448045/" TargetMode="External"/><Relationship Id="rId_hyperlink_208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/jimny/jimny-jlx-1998-2005/u202-suzuki-jimny-2004-13-benzin-mkpp05102025-01102424/" TargetMode="External"/><Relationship Id="rId_hyperlink_209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85083765/" TargetMode="External"/><Relationship Id="rId_hyperlink_210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e15-2006-2012/y156-toyota-auris-2008-16-benzin-mkpp07112025-12115858/" TargetMode="External"/><Relationship Id="rId_hyperlink_211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84390325/" TargetMode="External"/><Relationship Id="rId_hyperlink_212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/phaeton/phaeton-2002/u214-vw-phaeton-2011-30-dizel-akpp16102025-01105858/" TargetMode="External"/><Relationship Id="rId_hyperlink_213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71143165/" TargetMode="External"/><Relationship Id="rId_hyperlink_214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/tiguan/tiguan-2011/u210-vw-tiguan-2013-20-dizel-mkpp11102025-02103131/" TargetMode="External"/><Relationship Id="rId_hyperlink_215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83892175/" TargetMode="External"/><Relationship Id="rId_hyperlink_216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/u209-vw-touareg-2007-30-dizel-akpp11102025-02101313/" TargetMode="External"/><Relationship Id="rId_hyperlink_217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/87404505/" TargetMode="External"/><Relationship Id="rId_hyperlink_218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/u234-vw-touareg-2009-30-dizel-akpp11112025-06111010/" TargetMode="External"/><Relationship Id="rId2ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pezhon.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/47462094/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/bmw/1-series/1-series-f20f21-2011/n92-bmw-1-series-2014-16-benzin-mkpp12062024-01065656/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52061105/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/aveo/aveo-t250-2005-2011/y31-chevrolet-aveo-2010-11-benzin-mkpp06052025-03054848/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68106445/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/lacetti/lacetti-2003/y118-chevrolet-lacetti-2010-18-benzin-akpp28082025-12080707/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67573085/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/citroen/c4/c4-2005-2011/u173-citroen-c4-2006-16-benzin-mkpp27082025-10082727/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56610975/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/dodge/caliber/caliber-2006-2011/w237-dodge-caliber-2009-20-benzin-akpp02062025-07065656/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80005615/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fiesta/fiesta-2001-2007/y132-ford-fiesta-2006-11-benzin-mkpp24092025-09092525/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/69545474/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/g909-ford-focus-2010-16-benzin-mkpp03102024-10103737/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63794805/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u152-ford-focus-2009-16-benzin-mkpp30072025-05070101/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67167635/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w291-ford-focus-2011-16-benzin-mkpp15082025-01081717/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/50281235/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w208-ford-fusion-2007-14-benzin-mkpp22042025-11043232/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52064295/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w233-ford-fusion-2007-14-benzin-mkpp26052025-10053333/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/59074245/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u126-ford-fusion-2011-14-benzin-mkpp20062025-12063333/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52266175/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/mondeo/mondeo-iii-2000-2007/w221-ford-mondeo-2005-18-benzin-mkpp07052025-01051515/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/77079114/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/mondeo/mondeo-iii-2000-2007/g989-ford-mondeo-2005-20-dizel-mkpp02122024-04120606/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80228995/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y135-honda-civic-2008-13-elektro-akpp05102025-10105757/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65110445/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/getz/getz-2002-2010/w294-hyundai-getz-2008-11-benzin-mkpp20082025-11082424/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66972085/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/ix35tucson/ix35tucson-2010-2015/y111-hyundai-ix35-2013-20-dizel-mkpp15082025-09082727/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/58194194/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/n115-mazda-3-2009-16-benzin-mkpp18072024-09073333/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63614735/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/w283-mazda-3-2010-16-benzin-mkpp30072025-11072929/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70218354/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/n158-mazda-3-2008-16-benzin-mkpp22092024-09093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64919355/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/y101-mazda-3-2007-23-benzin-mkpp12082025-07081111/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70550524/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/g903-mazda-3-2010-16-benzin-mkpp26092024-11093030/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70194884/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/g905-mazda-3-2011-16-benzin-mkpp26092024-12095252/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65867705/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/y114-mazda-3-2006-16-benzin-mkpp20082025-11081010/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66644874/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-6/mazda-6-gj-2013/n152-mazda-6-2014-22-dizel-mkpp11092024-01091010/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66974305/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y123-nissan-note-2006-16-benzin-akpp13092025-12093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65299705/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y97-nissan-note-2006-16-benzin-mkpp04082025-01082323/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63885435/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/y119-nissan-qashqai-2007-16-benzin-mkpp28082025-12081515/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56820805/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j11-2014/w243-nissan-qashqai-2014-11-benzin-mkpp05062025-11065353/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67884555/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/grand-vitara/grand-vitara-2006/y120-suzuki-grand-vitara-2013-24-benzin-mkpp28082025-12080303/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/55723495/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e15-2006-2012/y63-toyota-auris-2007-16-benzin-mkpp19062025-11064444/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/82726584/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e18-2012/f933-toyota-auris-2007-16-benzin-mkpp17122024-12123333/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56124625/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/celica/celica-zt23-1999-2005/y43-toyota-celica-2002-18-benzin-mkpp22052025-12054848/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/74409154/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/rav-4/rav-4-2000-2005/g943-toyota-rav-4-2005-20-benzin-mkpp24102024-11102323/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68302815/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/w305-honda-civic-2007-18-benzin-mkpp28082025-09084848/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/60016715/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y73-honda-civic-2007-18-benzin-akpp25062025-02064545/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86659345/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/audi/q3/q3-2012/u237-audi-q3-2017-14-benzin-akpp16112025-10111515/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68410125/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u197-ford-focus-2010-16-benzin-mkpp24092025-09091515/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64386175/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/cruze/cruze-2009/u194-chevrolet-cruze-2012-18-benzin-akpp24092025-10090808/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83897015/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fiesta/fiesta-2001-2007/y148-ford-fiesta-2006-16-benzin-akpp23102025-07105757/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71328775/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w319-ford-focus-2009-16-benzin-mkpp23092025-09090101/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86197995/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-iii-2011/w349-ford-focus-2011-16-benzin-mkpp04112025-06111515/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81046735/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/w335-ford-focus-2007-16-benzin-mkpp10102025-05102828/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70250815/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/u196-ford-focus-2006-20-benzin-akpp24092025-10090000/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67729875/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u187-ford-focus-2009-16-benzin-mkpp08092025-06092929/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67161565/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w326-ford-focus-2011-16-benzin-mkpp01102025-01103636/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70640885/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w328-ford-focus-2010-16-benzin-mkpp01102025-11105555/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83963865/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w340-ford-focus-2009-16-benzin-mkpp17102025-11102525/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71382105/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w329-ford-focus-2010-16-benzin-mkpp01102025-11104646/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80976065/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y140-ford-fusion-2007-14-benzin-mkpp11102025-01105656/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80489475/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y144-ford-fusion-2010-16-benzin-akpp15102025-10100404/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71376225/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w337-ford-fusion-2006-16-benzin-akpp16102025-02100909/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71145345/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/kuga/kuga-2012/w323-ford-kuga-2013-20-dizel-mkpp24092025-09092020/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85296345/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y154-honda-civic-2006-13-gibrid-akpp04112025-07113232/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71191035/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/i30/i30-2007-2012/w320-hyundai-i30-2012-14-benzin-mkpp23092025-09093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83953255/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/cerato/cerato-2004-2008/w346-kia-cerato-2005-20-benzin-mkpp31102025-11101212/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80932075/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/soul/soul-2009-2014/w350-kia-soul-2010-16-benzin-mkpp07112025-11111919/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66264165/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/sportage/sportage-2010-2015/y143-kia-sportage-2012-20-benzin-mkpp11102025-01105959/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/land-rover/freelander/freelander-2-2007/w358-land-rover-freelander-2008-22-dizel-mkpp20112025-09115757/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70244285/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/cx-5/cx-5-2012/u185-mazda-cx-5-2014-22-dizel-mkpp08092025-05090202/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66098975/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/asx/asx-2010/u192-mitsubishi-asx-2013-16-benzin-mkpp16092025-06090404/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84600585/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/lancer/lancer-csclassic-2003-2006/y152-mitsubishi-lancer-2005-16-benzin-mkpp31102025-11100707/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71911585/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/juke/juke-f15-2011/w331-nissan-juke-2011-16-benzin-mkpp01102025-11101616/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86246355/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y160-nissan-note-2008-14-benzin-mkpp11112025-08114242/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80042625/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/w330-nissan-note-2013-14-benzin-mkpp01102025-11103838/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/69224845/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j11-2014/w315-nissan-qashqai-2015-16-dizel-akpp16092025-06093434/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70418835/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/u208-nissan-qashqai-2011-16-benzin-mkpp09102025-11100000/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84439275/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/w342-nissan-qashqai-2011-16-benzin-mkpp17102025-10101616/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81173565/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ssang-yong/korando/korando-kj-1996/u203-ssang-yong-korando-2011-20-dizel-mkpp05102025-01103737/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84158435/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/grand-vitara/grand-vitara-2006/y149-suzuki-grand-vitara-2016-16-benzin-mkpp29102025-03102222/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80448045/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/jimny/jimny-jlx-1998-2005/u202-suzuki-jimny-2004-13-benzin-mkpp05102025-01102424/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85083765/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e15-2006-2012/y156-toyota-auris-2008-16-benzin-mkpp07112025-12115858/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85057985/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/volvo/s40/s40-2004-2012/y159-volvo-s40-2010-16-benzin-mkpp11112025-07113030/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83927025/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/tiguan/tiguan-2007-2011/w336-vw-tiguan-2009-20-dizel-mkpp10102025-05102222/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71964855/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/w318-vw-touareg-2004-25-dizel-mkpp18092025-10090000/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83892175/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/u209-vw-touareg-2007-30-dizel-akpp11102025-02101313/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/90782085/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y174-ford-fusion-2008-16-benzin-akpp05122025-12122222/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85826725/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/audi/q3/q3-2012/u222-audi-q3-2013-20-dizel-mkpp04112025-07112424/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/220681.258492/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/citroen/c4/c4-2005-2011/d893-citroen-c4-2005-16-benzin-akpp02022022-08023333/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/93804165/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w370-ford-focus-2009-16-benzin-mkpp10122025-01121212/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70618685/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-iii-2011/y125-ford-focus-2012-16-benzin-akpp13092025-12095252/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70614155/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-iii-2011/u216-ford-focus-2014-16-benzin-mkpp17102025-12103838/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83920695/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u236-ford-fusion-2007-14-benzin-mkpp16112025-10110909/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/92025425/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y177-ford-fusion-2009-16-benzin-mkpp11122025-05125252/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81015375/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w325-ford-fusion-2011-16-benzin-mkpp01102025-01104444/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86763715/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/land-rover/freelander/freelander-2-2007/u235-land-rover-freelander-2011-22-dizel-akpp11112025-07114747/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/87355255/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/lancer/lancer-cxcy-2007/w363-mitsubishi-lancer-2009-15-benzin-mkpp26112025-12112323/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/89661575/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y168-nissan-note-2008-16-benzin-akpp26112025-12111212/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80987885/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/sx4/sx4-2013/u247-suzuki-sx4-2015-16-benzin-mkpp26112025-12110202/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84390325/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/phaeton/phaeton-2002/u214-vw-phaeton-2011-30-dizel-akpp16102025-01105858/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71143165/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/tiguan/tiguan-2011/u210-vw-tiguan-2013-20-dizel-mkpp11102025-02103131/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/87404505/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/u234-vw-touareg-2009-30-dizel-akpp11112025-06111010/" TargetMode="External"/><Relationship Id="rId2ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:K117"/>
+  <dimension ref="A1:K101"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H117" sqref="H117"/>
+      <selection pane="bottomLeft" activeCell="H101" sqref="H101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="1.42578125" hidden="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="0" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.140625" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.28515625" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.28515625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="22.5">
-      <c r="A1" s="28" t="s">
+      <c r="A1" s="19" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="29"/>
-[...1 lines deleted...]
-      <c r="D1" s="19" t="s">
+      <c r="B1" s="20"/>
+      <c r="C1" s="20"/>
+      <c r="D1" s="26" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="19"/>
-[...2 lines deleted...]
-      <c r="H1" s="16" t="s">
+      <c r="E1" s="26"/>
+      <c r="F1" s="25"/>
+      <c r="G1" s="25"/>
+      <c r="H1" s="23" t="s">
         <v>2</v>
       </c>
-      <c r="I1" s="17"/>
-      <c r="K1" s="9"/>
+      <c r="I1" s="24"/>
+      <c r="K1" s="12"/>
     </row>
     <row r="2" spans="1:11" customHeight="1" ht="15">
-      <c r="A2" s="3"/>
-[...2 lines deleted...]
-      <c r="D2" s="27" t="s">
+      <c r="A2" s="5"/>
+      <c r="B2" s="5"/>
+      <c r="C2" s="6"/>
+      <c r="D2" s="18" t="s">
         <v>3</v>
       </c>
-      <c r="E2" s="27"/>
-      <c r="F2" s="23" t="s">
+      <c r="E2" s="18"/>
+      <c r="F2" s="30" t="s">
         <v>4</v>
       </c>
-      <c r="G2" s="23"/>
-      <c r="H2" s="13" t="s">
+      <c r="G2" s="30"/>
+      <c r="H2" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="I2" s="8" t="s">
+      <c r="I2" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="J2" s="8"/>
-      <c r="K2" s="9"/>
+      <c r="J2" s="11"/>
+      <c r="K2" s="12"/>
     </row>
     <row r="3" spans="1:11" customHeight="1" ht="15">
-      <c r="A3" s="3"/>
-[...2 lines deleted...]
-      <c r="D3" s="27" t="s">
+      <c r="A3" s="5"/>
+      <c r="B3" s="5"/>
+      <c r="C3" s="6"/>
+      <c r="D3" s="18" t="s">
         <v>7</v>
       </c>
-      <c r="E3" s="27"/>
-      <c r="F3" s="23" t="s">
+      <c r="E3" s="18"/>
+      <c r="F3" s="30" t="s">
         <v>8</v>
       </c>
-      <c r="G3" s="23"/>
-      <c r="H3" s="10" t="s">
+      <c r="G3" s="30"/>
+      <c r="H3" s="13" t="s">
         <v>9</v>
       </c>
-      <c r="I3" s="8" t="s">
+      <c r="I3" s="11" t="s">
         <v>10</v>
       </c>
-      <c r="J3" s="8"/>
-      <c r="K3" s="9"/>
+      <c r="J3" s="11"/>
+      <c r="K3" s="12"/>
     </row>
     <row r="4" spans="1:11" customHeight="1" ht="15">
-      <c r="A4" s="3"/>
-[...2 lines deleted...]
-      <c r="D4" s="27" t="s">
+      <c r="A4" s="5"/>
+      <c r="B4" s="5"/>
+      <c r="C4" s="6"/>
+      <c r="D4" s="18" t="s">
         <v>11</v>
       </c>
-      <c r="E4" s="27"/>
-      <c r="F4" s="23" t="s">
+      <c r="E4" s="18"/>
+      <c r="F4" s="30" t="s">
         <v>12</v>
       </c>
-      <c r="G4" s="23"/>
-      <c r="H4" s="12" t="s">
+      <c r="G4" s="30"/>
+      <c r="H4" s="15"/>
+      <c r="I4" s="11"/>
+      <c r="J4" s="11"/>
+      <c r="K4" s="12"/>
+    </row>
+    <row r="5" spans="1:11" customHeight="1" ht="15">
+      <c r="A5" s="5"/>
+      <c r="B5" s="5"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="18"/>
+      <c r="E5" s="18"/>
+      <c r="F5" s="30"/>
+      <c r="G5" s="30"/>
+      <c r="H5" s="14"/>
+      <c r="I5" s="11"/>
+      <c r="J5" s="11"/>
+      <c r="K5" s="12"/>
+    </row>
+    <row r="6" spans="1:11" customHeight="1" ht="15">
+      <c r="A6" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="I4" s="8" t="s">
+      <c r="B6" s="5"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="18"/>
+      <c r="E6" s="18"/>
+      <c r="F6" s="30"/>
+      <c r="G6" s="30"/>
+      <c r="H6" s="27" t="s">
         <v>14</v>
       </c>
-      <c r="J4" s="8"/>
-[...16 lines deleted...]
-      <c r="A6" s="3" t="s">
+      <c r="I6" s="27"/>
+      <c r="K6" s="12"/>
+    </row>
+    <row r="7" spans="1:11" customHeight="1" ht="15">
+      <c r="A7" s="17" t="s">
         <v>15</v>
       </c>
-      <c r="B6" s="3"/>
-[...5 lines deleted...]
-      <c r="H6" s="20" t="s">
+      <c r="B7" s="17"/>
+      <c r="C7" s="17"/>
+      <c r="D7" s="32"/>
+      <c r="E7" s="32"/>
+      <c r="F7" s="31"/>
+      <c r="G7" s="31"/>
+      <c r="H7" s="28"/>
+      <c r="I7" s="29"/>
+      <c r="J7" s="1"/>
+      <c r="K7" s="12"/>
+    </row>
+    <row r="8" spans="1:11" customHeight="1" ht="15">
+      <c r="A8" s="8"/>
+      <c r="B8" s="9"/>
+      <c r="C8" s="9"/>
+      <c r="D8" s="9"/>
+      <c r="E8" s="9"/>
+      <c r="F8" s="9"/>
+      <c r="G8" s="9"/>
+      <c r="H8" s="9"/>
+      <c r="I8" s="21" t="s">
         <v>16</v>
       </c>
-      <c r="I6" s="20"/>
-[...3 lines deleted...]
-      <c r="A7" s="26" t="s">
+      <c r="J8" s="22"/>
+      <c r="K8" s="12"/>
+    </row>
+    <row r="9" spans="1:11" customHeight="1" ht="22.5">
+      <c r="A9" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="B7" s="26"/>
-[...19 lines deleted...]
-      <c r="I8" s="14" t="s">
+      <c r="B9" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="J8" s="15"/>
-[...6 lines deleted...]
-      <c r="B9" s="31" t="s">
+      <c r="C9" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="C9" s="32">
-[...2 lines deleted...]
-      <c r="D9" s="31" t="s">
+      <c r="D9" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="E9" s="31" t="s">
+      <c r="E9" s="3" t="s">
         <v>21</v>
       </c>
-      <c r="F9" s="31" t="s">
+      <c r="F9" s="3" t="s">
         <v>22</v>
       </c>
-      <c r="G9" s="33" t="s">
+      <c r="G9" s="3" t="s">
         <v>23</v>
       </c>
-      <c r="H9" s="34" t="s">
+      <c r="H9" s="3" t="s">
         <v>24</v>
       </c>
-      <c r="I9" s="31" t="s">
+      <c r="I9" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="J9" s="30" t="s">
+      <c r="J9" s="10" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:11" customHeight="1" ht="56">
       <c r="A10" s="2">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="B10" s="2"/>
-      <c r="C10" s="35">
-[...2 lines deleted...]
-      <c r="D10" s="5"/>
+      <c r="C10" s="33">
+        <v>47462094</v>
+      </c>
+      <c r="D10" s="7"/>
       <c r="E10" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="G10" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H10" s="37" t="s">
+      <c r="G10" s="34" t="s">
         <v>29</v>
       </c>
+      <c r="H10" s="35" t="s">
+        <v>30</v>
+      </c>
       <c r="I10" s="2" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="J10" s="2"/>
     </row>
     <row r="11" spans="1:11" customHeight="1" ht="56">
       <c r="A11" s="2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="B11" s="2"/>
-      <c r="C11" s="35">
-        <v>49591985</v>
+      <c r="C11" s="33">
+        <v>52061105</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>33</v>
+      </c>
+      <c r="G11" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H11" s="35" t="s">
+        <v>34</v>
       </c>
       <c r="I11" s="2" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>35</v>
+      </c>
+      <c r="J11" s="36"/>
     </row>
     <row r="12" spans="1:11" customHeight="1" ht="56">
       <c r="A12" s="2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="B12" s="2"/>
-      <c r="C12" s="35">
-        <v>66807115</v>
+      <c r="C12" s="33">
+        <v>68106445</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="G12" s="36" t="s">
-[...2 lines deleted...]
-      <c r="H12" s="37" t="s">
+      <c r="G12" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H12" s="35" t="s">
         <v>37</v>
       </c>
       <c r="I12" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="J12" s="38"/>
+      <c r="J12" s="36"/>
     </row>
     <row r="13" spans="1:11" customHeight="1" ht="56">
       <c r="A13" s="2">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="B13" s="2"/>
-      <c r="C13" s="35">
+      <c r="C13" s="33">
         <v>67573085</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-      <c r="H13" s="37" t="s">
         <v>40</v>
       </c>
+      <c r="G13" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H13" s="35" t="s">
+        <v>41</v>
+      </c>
       <c r="I13" s="2" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="J13" s="38"/>
+        <v>42</v>
+      </c>
+      <c r="J13" s="36"/>
     </row>
     <row r="14" spans="1:11" customHeight="1" ht="56">
       <c r="A14" s="2">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="B14" s="2"/>
-      <c r="C14" s="35">
+      <c r="C14" s="33">
         <v>56610975</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-      <c r="H14" s="37" t="s">
         <v>44</v>
       </c>
+      <c r="G14" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H14" s="35" t="s">
+        <v>45</v>
+      </c>
       <c r="I14" s="2" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="J14" s="38"/>
+        <v>46</v>
+      </c>
+      <c r="J14" s="36"/>
     </row>
     <row r="15" spans="1:11" customHeight="1" ht="56">
       <c r="A15" s="2">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B15" s="2"/>
-      <c r="C15" s="35">
-        <v>65671515</v>
+      <c r="C15" s="33">
+        <v>80005615</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>47</v>
-[...4 lines deleted...]
-      <c r="H15" s="37" t="s">
         <v>48</v>
       </c>
+      <c r="G15" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H15" s="35" t="s">
+        <v>49</v>
+      </c>
       <c r="I15" s="2" t="s">
-        <v>49</v>
-[...1 lines deleted...]
-      <c r="J15" s="38"/>
+        <v>50</v>
+      </c>
+      <c r="J15" s="36"/>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="56">
       <c r="A16" s="2">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B16" s="2"/>
-      <c r="C16" s="35">
-        <v>64715485</v>
+      <c r="C16" s="33">
+        <v>69545474</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>50</v>
+        <v>51</v>
+      </c>
+      <c r="G16" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H16" s="35" t="s">
+        <v>52</v>
       </c>
       <c r="I16" s="2" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="J16" s="38"/>
+        <v>53</v>
+      </c>
+      <c r="J16" s="36"/>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="56">
       <c r="A17" s="2">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B17" s="2"/>
-      <c r="C17" s="35">
-        <v>67226924</v>
+      <c r="C17" s="33">
+        <v>63794805</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>52</v>
+        <v>51</v>
+      </c>
+      <c r="G17" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H17" s="35" t="s">
+        <v>54</v>
       </c>
       <c r="I17" s="2" t="s">
-        <v>53</v>
-[...1 lines deleted...]
-      <c r="J17" s="38"/>
+        <v>55</v>
+      </c>
+      <c r="J17" s="36"/>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="56">
       <c r="A18" s="2">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B18" s="2"/>
-      <c r="C18" s="35">
+      <c r="C18" s="33">
         <v>67167635</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>51</v>
+      </c>
+      <c r="G18" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H18" s="35" t="s">
+        <v>56</v>
       </c>
       <c r="I18" s="2" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="J18" s="38"/>
+        <v>57</v>
+      </c>
+      <c r="J18" s="36"/>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="56">
       <c r="A19" s="2">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="B19" s="2"/>
-      <c r="C19" s="35">
-        <v>69545474</v>
+      <c r="C19" s="33">
+        <v>50281235</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>56</v>
+        <v>58</v>
+      </c>
+      <c r="G19" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H19" s="35" t="s">
+        <v>59</v>
       </c>
       <c r="I19" s="2" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="J19" s="38"/>
+        <v>60</v>
+      </c>
+      <c r="J19" s="37" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="56">
       <c r="A20" s="2">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B20" s="2"/>
-      <c r="C20" s="35">
-        <v>55584234</v>
+      <c r="C20" s="33">
+        <v>52064295</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>47</v>
-[...4 lines deleted...]
-      <c r="H20" s="37" t="s">
         <v>58</v>
       </c>
+      <c r="G20" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H20" s="35" t="s">
+        <v>62</v>
+      </c>
       <c r="I20" s="2" t="s">
-        <v>59</v>
-[...3 lines deleted...]
-      </c>
+        <v>63</v>
+      </c>
+      <c r="J20" s="36"/>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="56">
       <c r="A21" s="2">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B21" s="2"/>
-      <c r="C21" s="35">
-        <v>67698135</v>
+      <c r="C21" s="33">
+        <v>59074245</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>61</v>
+        <v>58</v>
+      </c>
+      <c r="G21" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H21" s="35" t="s">
+        <v>64</v>
       </c>
       <c r="I21" s="2" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="J21" s="38"/>
+        <v>65</v>
+      </c>
+      <c r="J21" s="36"/>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="56">
       <c r="A22" s="2">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B22" s="2"/>
-      <c r="C22" s="35">
-        <v>68985915</v>
+      <c r="C22" s="33">
+        <v>52266175</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>63</v>
+        <v>66</v>
+      </c>
+      <c r="G22" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H22" s="35" t="s">
+        <v>67</v>
       </c>
       <c r="I22" s="2" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="J22" s="38"/>
+        <v>68</v>
+      </c>
+      <c r="J22" s="36"/>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="56">
       <c r="A23" s="2">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B23" s="2"/>
-      <c r="C23" s="35">
-        <v>54875934</v>
+      <c r="C23" s="33">
+        <v>77079114</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>66</v>
+      </c>
+      <c r="G23" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H23" s="35" t="s">
+        <v>69</v>
       </c>
       <c r="I23" s="2" t="s">
-        <v>66</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="J23" s="36"/>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="56">
       <c r="A24" s="2">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B24" s="2"/>
-      <c r="C24" s="35">
-        <v>63794805</v>
+      <c r="C24" s="33">
+        <v>80228995</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>46</v>
+        <v>71</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>72</v>
+      </c>
+      <c r="G24" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H24" s="35" t="s">
+        <v>73</v>
       </c>
       <c r="I24" s="2" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="J24" s="38"/>
+        <v>74</v>
+      </c>
+      <c r="J24" s="36"/>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="56">
       <c r="A25" s="2">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B25" s="2"/>
-      <c r="C25" s="35">
-        <v>63983035</v>
+      <c r="C25" s="33">
+        <v>65110445</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>47</v>
-[...5 lines deleted...]
-        <v>70</v>
+        <v>76</v>
+      </c>
+      <c r="G25" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H25" s="35" t="s">
+        <v>77</v>
       </c>
       <c r="I25" s="2" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="J25" s="38"/>
+        <v>78</v>
+      </c>
+      <c r="J25" s="36"/>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="56">
       <c r="A26" s="2">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B26" s="2"/>
-      <c r="C26" s="35">
-        <v>50281235</v>
+      <c r="C26" s="33">
+        <v>66972085</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>46</v>
+        <v>75</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>72</v>
-[...5 lines deleted...]
-        <v>73</v>
+        <v>79</v>
+      </c>
+      <c r="G26" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H26" s="35" t="s">
+        <v>80</v>
       </c>
       <c r="I26" s="2" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>81</v>
+      </c>
+      <c r="J26" s="36"/>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="56">
       <c r="A27" s="2">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="B27" s="2"/>
-      <c r="C27" s="35">
-        <v>52064295</v>
+      <c r="C27" s="33">
+        <v>58194194</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>46</v>
-[...8 lines deleted...]
-        <v>76</v>
+        <v>82</v>
+      </c>
+      <c r="F27" s="2">
+        <v>3</v>
+      </c>
+      <c r="G27" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H27" s="35" t="s">
+        <v>83</v>
       </c>
       <c r="I27" s="2" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="J27" s="38"/>
+        <v>84</v>
+      </c>
+      <c r="J27" s="36"/>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="56">
       <c r="A28" s="2">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="B28" s="2"/>
-      <c r="C28" s="35">
-        <v>67160835</v>
+      <c r="C28" s="33">
+        <v>63614735</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>46</v>
-[...8 lines deleted...]
-        <v>78</v>
+        <v>82</v>
+      </c>
+      <c r="F28" s="2">
+        <v>3</v>
+      </c>
+      <c r="G28" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H28" s="35" t="s">
+        <v>85</v>
       </c>
       <c r="I28" s="2" t="s">
-        <v>79</v>
-[...1 lines deleted...]
-      <c r="J28" s="38"/>
+        <v>86</v>
+      </c>
+      <c r="J28" s="36"/>
     </row>
     <row r="29" spans="1:11" customHeight="1" ht="56">
       <c r="A29" s="2">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B29" s="2"/>
-      <c r="C29" s="35">
-        <v>59074245</v>
+      <c r="C29" s="33">
+        <v>70218354</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
-        <v>46</v>
-[...8 lines deleted...]
-        <v>80</v>
+        <v>82</v>
+      </c>
+      <c r="F29" s="2">
+        <v>3</v>
+      </c>
+      <c r="G29" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H29" s="35" t="s">
+        <v>87</v>
       </c>
       <c r="I29" s="2" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="J29" s="38"/>
+        <v>88</v>
+      </c>
+      <c r="J29" s="36"/>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="56">
       <c r="A30" s="2">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B30" s="2"/>
-      <c r="C30" s="35">
-        <v>67157115</v>
+      <c r="C30" s="33">
+        <v>64919355</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
-        <v>46</v>
-[...7 lines deleted...]
-      <c r="H30" s="37" t="s">
         <v>82</v>
       </c>
+      <c r="F30" s="2">
+        <v>3</v>
+      </c>
+      <c r="G30" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H30" s="35" t="s">
+        <v>89</v>
+      </c>
       <c r="I30" s="2" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="J30" s="38"/>
+        <v>90</v>
+      </c>
+      <c r="J30" s="36"/>
     </row>
     <row r="31" spans="1:11" customHeight="1" ht="56">
       <c r="A31" s="2">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B31" s="2"/>
-      <c r="C31" s="35">
-        <v>59410265</v>
+      <c r="C31" s="33">
+        <v>70550524</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>46</v>
-[...8 lines deleted...]
-        <v>84</v>
+        <v>82</v>
+      </c>
+      <c r="F31" s="2">
+        <v>3</v>
+      </c>
+      <c r="G31" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H31" s="35" t="s">
+        <v>91</v>
       </c>
       <c r="I31" s="2" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="J31" s="38"/>
+        <v>92</v>
+      </c>
+      <c r="J31" s="37" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="32" spans="1:11" customHeight="1" ht="56">
       <c r="A32" s="2">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B32" s="2"/>
-      <c r="C32" s="35">
-        <v>68302815</v>
+      <c r="C32" s="33">
+        <v>70194884</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>86</v>
-[...8 lines deleted...]
-        <v>88</v>
+        <v>82</v>
+      </c>
+      <c r="F32" s="2">
+        <v>3</v>
+      </c>
+      <c r="G32" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H32" s="35" t="s">
+        <v>94</v>
       </c>
       <c r="I32" s="2" t="s">
-        <v>89</v>
-[...1 lines deleted...]
-      <c r="J32" s="38"/>
+        <v>95</v>
+      </c>
+      <c r="J32" s="37" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="56">
       <c r="A33" s="2">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B33" s="2"/>
-      <c r="C33" s="35">
-        <v>60016715</v>
+      <c r="C33" s="33">
+        <v>65867705</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>86</v>
-[...8 lines deleted...]
-        <v>90</v>
+        <v>82</v>
+      </c>
+      <c r="F33" s="2">
+        <v>3</v>
+      </c>
+      <c r="G33" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H33" s="35" t="s">
+        <v>97</v>
       </c>
       <c r="I33" s="2" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="J33" s="38"/>
+        <v>98</v>
+      </c>
+      <c r="J33" s="36"/>
     </row>
     <row r="34" spans="1:11" customHeight="1" ht="56">
       <c r="A34" s="2">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B34" s="2"/>
-      <c r="C34" s="35">
-        <v>65110445</v>
+      <c r="C34" s="33">
+        <v>66644874</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>92</v>
-[...8 lines deleted...]
-        <v>94</v>
+        <v>82</v>
+      </c>
+      <c r="F34" s="2">
+        <v>6</v>
+      </c>
+      <c r="G34" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H34" s="35" t="s">
+        <v>99</v>
       </c>
       <c r="I34" s="2" t="s">
-        <v>95</v>
-[...1 lines deleted...]
-      <c r="J34" s="38"/>
+        <v>100</v>
+      </c>
+      <c r="J34" s="36"/>
     </row>
     <row r="35" spans="1:11" customHeight="1" ht="56">
       <c r="A35" s="2">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B35" s="2"/>
-      <c r="C35" s="35">
-        <v>49574295</v>
+      <c r="C35" s="33">
+        <v>66974305</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>98</v>
+        <v>102</v>
+      </c>
+      <c r="G35" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H35" s="35" t="s">
+        <v>103</v>
       </c>
       <c r="I35" s="2" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="J35" s="38"/>
+        <v>104</v>
+      </c>
+      <c r="J35" s="36"/>
     </row>
     <row r="36" spans="1:11" customHeight="1" ht="56">
       <c r="A36" s="2">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B36" s="2"/>
-      <c r="C36" s="35">
-        <v>60233455</v>
+      <c r="C36" s="33">
+        <v>65299705</v>
       </c>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="F36" s="2" t="s">
-        <v>97</v>
-[...5 lines deleted...]
-        <v>100</v>
+        <v>102</v>
+      </c>
+      <c r="G36" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H36" s="35" t="s">
+        <v>105</v>
       </c>
       <c r="I36" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="J36" s="38"/>
+        <v>106</v>
+      </c>
+      <c r="J36" s="36"/>
     </row>
     <row r="37" spans="1:11" customHeight="1" ht="56">
       <c r="A37" s="2">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B37" s="2"/>
-      <c r="C37" s="35">
-        <v>64919355</v>
+      <c r="C37" s="33">
+        <v>63885435</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>102</v>
-[...8 lines deleted...]
-        <v>103</v>
+        <v>101</v>
+      </c>
+      <c r="F37" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="G37" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H37" s="35" t="s">
+        <v>108</v>
       </c>
       <c r="I37" s="2" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="J37" s="38"/>
+        <v>109</v>
+      </c>
+      <c r="J37" s="36"/>
     </row>
     <row r="38" spans="1:11" customHeight="1" ht="56">
       <c r="A38" s="2">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B38" s="2"/>
-      <c r="C38" s="35">
-        <v>63614735</v>
+      <c r="C38" s="33">
+        <v>56820805</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>102</v>
-[...8 lines deleted...]
-        <v>105</v>
+        <v>101</v>
+      </c>
+      <c r="F38" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="G38" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H38" s="35" t="s">
+        <v>110</v>
       </c>
       <c r="I38" s="2" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="J38" s="38"/>
+        <v>111</v>
+      </c>
+      <c r="J38" s="36"/>
     </row>
     <row r="39" spans="1:11" customHeight="1" ht="56">
       <c r="A39" s="2">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B39" s="2"/>
-      <c r="C39" s="35">
-        <v>70550524</v>
+      <c r="C39" s="33">
+        <v>67884555</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>102</v>
-[...8 lines deleted...]
-        <v>107</v>
+        <v>112</v>
+      </c>
+      <c r="F39" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="G39" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H39" s="35" t="s">
+        <v>114</v>
       </c>
       <c r="I39" s="2" t="s">
-        <v>108</v>
-[...3 lines deleted...]
-      </c>
+        <v>115</v>
+      </c>
+      <c r="J39" s="36"/>
     </row>
     <row r="40" spans="1:11" customHeight="1" ht="56">
       <c r="A40" s="2">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B40" s="2"/>
-      <c r="C40" s="35">
-        <v>70194884</v>
+      <c r="C40" s="33">
+        <v>55723495</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>102</v>
-[...8 lines deleted...]
-        <v>110</v>
+        <v>116</v>
+      </c>
+      <c r="F40" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="G40" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H40" s="35" t="s">
+        <v>118</v>
       </c>
       <c r="I40" s="2" t="s">
-        <v>111</v>
-[...3 lines deleted...]
-      </c>
+        <v>119</v>
+      </c>
+      <c r="J40" s="36"/>
     </row>
     <row r="41" spans="1:11" customHeight="1" ht="56">
       <c r="A41" s="2">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B41" s="2"/>
-      <c r="C41" s="35">
-        <v>66644874</v>
+      <c r="C41" s="33">
+        <v>82726584</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>102</v>
-[...8 lines deleted...]
-        <v>113</v>
+        <v>116</v>
+      </c>
+      <c r="F41" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="G41" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H41" s="35" t="s">
+        <v>120</v>
       </c>
       <c r="I41" s="2" t="s">
-        <v>114</v>
-[...1 lines deleted...]
-      <c r="J41" s="38"/>
+        <v>121</v>
+      </c>
+      <c r="J41" s="36"/>
     </row>
     <row r="42" spans="1:11" customHeight="1" ht="56">
       <c r="A42" s="2">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B42" s="2"/>
-      <c r="C42" s="35">
-        <v>56820805</v>
+      <c r="C42" s="33">
+        <v>56124625</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>116</v>
-[...5 lines deleted...]
-        <v>117</v>
+        <v>122</v>
+      </c>
+      <c r="G42" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H42" s="35" t="s">
+        <v>123</v>
       </c>
       <c r="I42" s="2" t="s">
-        <v>118</v>
-[...1 lines deleted...]
-      <c r="J42" s="38"/>
+        <v>124</v>
+      </c>
+      <c r="J42" s="36"/>
     </row>
     <row r="43" spans="1:11" customHeight="1" ht="56">
       <c r="A43" s="2">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B43" s="2"/>
-      <c r="C43" s="35">
-        <v>64913745</v>
+      <c r="C43" s="33">
+        <v>74409154</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>120</v>
-[...5 lines deleted...]
-        <v>121</v>
+        <v>125</v>
+      </c>
+      <c r="G43" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H43" s="35" t="s">
+        <v>126</v>
       </c>
       <c r="I43" s="2" t="s">
-        <v>122</v>
-[...1 lines deleted...]
-      <c r="J43" s="38"/>
+        <v>127</v>
+      </c>
+      <c r="J43" s="36"/>
     </row>
     <row r="44" spans="1:11" customHeight="1" ht="56">
       <c r="A44" s="2">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B44" s="2"/>
-      <c r="C44" s="35">
-        <v>82726584</v>
+      <c r="C44" s="33">
+        <v>68302815</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>123</v>
+        <v>71</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>124</v>
-[...5 lines deleted...]
-        <v>125</v>
+        <v>72</v>
+      </c>
+      <c r="G44" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H44" s="35" t="s">
+        <v>128</v>
       </c>
       <c r="I44" s="2" t="s">
-        <v>126</v>
-[...1 lines deleted...]
-      <c r="J44" s="38"/>
+        <v>129</v>
+      </c>
+      <c r="J44" s="36"/>
     </row>
     <row r="45" spans="1:11" customHeight="1" ht="56">
       <c r="A45" s="2">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B45" s="2"/>
-      <c r="C45" s="35">
-        <v>56124625</v>
+      <c r="C45" s="33">
+        <v>60016715</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>123</v>
+        <v>71</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>127</v>
-[...5 lines deleted...]
-        <v>128</v>
+        <v>72</v>
+      </c>
+      <c r="G45" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="H45" s="35" t="s">
+        <v>130</v>
       </c>
       <c r="I45" s="2" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="J45" s="38"/>
+        <v>131</v>
+      </c>
+      <c r="J45" s="36"/>
     </row>
     <row r="46" spans="1:11" customHeight="1" ht="56">
       <c r="A46" s="2">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B46" s="2"/>
-      <c r="C46" s="35">
-        <v>74409154</v>
+      <c r="C46" s="33">
+        <v>86659345</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
-        <v>123</v>
+        <v>132</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>130</v>
-[...5 lines deleted...]
-        <v>131</v>
+        <v>133</v>
+      </c>
+      <c r="G46" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="H46" s="35" t="s">
+        <v>135</v>
       </c>
       <c r="I46" s="2" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="J46" s="38"/>
+        <v>136</v>
+      </c>
+      <c r="J46" s="36"/>
     </row>
     <row r="47" spans="1:11" customHeight="1" ht="56">
       <c r="A47" s="2">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B47" s="2"/>
-      <c r="C47" s="35">
-        <v>77079114</v>
+      <c r="C47" s="33">
+        <v>68410125</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>133</v>
+        <v>51</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="H47" s="37" t="s">
         <v>134</v>
       </c>
+      <c r="H47" s="35" t="s">
+        <v>137</v>
+      </c>
       <c r="I47" s="2" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="J47" s="38"/>
+        <v>138</v>
+      </c>
+      <c r="J47" s="36"/>
     </row>
     <row r="48" spans="1:11" customHeight="1" ht="56">
       <c r="A48" s="2">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B48" s="2"/>
-      <c r="C48" s="35">
-        <v>52266175</v>
+      <c r="C48" s="33">
+        <v>64386175</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>46</v>
+        <v>32</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>134</v>
+      </c>
+      <c r="H48" s="35" t="s">
+        <v>140</v>
       </c>
       <c r="I48" s="2" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="J48" s="38"/>
+        <v>141</v>
+      </c>
+      <c r="J48" s="36"/>
     </row>
     <row r="49" spans="1:11" customHeight="1" ht="56">
       <c r="A49" s="2">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B49" s="2"/>
-      <c r="C49" s="35">
-        <v>58194194</v>
+      <c r="C49" s="33">
+        <v>83897015</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>47</v>
+      </c>
+      <c r="F49" s="2" t="s">
+        <v>48</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>138</v>
+        <v>142</v>
+      </c>
+      <c r="H49" s="35" t="s">
+        <v>143</v>
       </c>
       <c r="I49" s="2" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="J49" s="38"/>
+        <v>144</v>
+      </c>
+      <c r="J49" s="36"/>
     </row>
     <row r="50" spans="1:11" customHeight="1" ht="56">
       <c r="A50" s="2">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B50" s="2"/>
-      <c r="C50" s="35">
-        <v>70218354</v>
+      <c r="C50" s="33">
+        <v>71328775</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>47</v>
+      </c>
+      <c r="F50" s="2" t="s">
+        <v>51</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>145</v>
+      </c>
+      <c r="H50" s="35" t="s">
+        <v>146</v>
       </c>
       <c r="I50" s="2" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="J50" s="38"/>
+        <v>147</v>
+      </c>
+      <c r="J50" s="36"/>
     </row>
     <row r="51" spans="1:11" customHeight="1" ht="56">
       <c r="A51" s="2">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B51" s="2"/>
-      <c r="C51" s="35">
-        <v>55723495</v>
+      <c r="C51" s="33">
+        <v>86197995</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>123</v>
+        <v>47</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>124</v>
+        <v>51</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>148</v>
+      </c>
+      <c r="H51" s="35" t="s">
+        <v>149</v>
       </c>
       <c r="I51" s="2" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="J51" s="38"/>
+        <v>150</v>
+      </c>
+      <c r="J51" s="36"/>
     </row>
     <row r="52" spans="1:11" customHeight="1" ht="56">
       <c r="A52" s="2">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B52" s="2"/>
-      <c r="C52" s="35">
-        <v>68106445</v>
+      <c r="C52" s="33">
+        <v>81046735</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>27</v>
+        <v>47</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>144</v>
+        <v>51</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="H52" s="37" t="s">
-        <v>146</v>
+      <c r="H52" s="35" t="s">
+        <v>151</v>
       </c>
       <c r="I52" s="2" t="s">
-        <v>147</v>
-[...1 lines deleted...]
-      <c r="J52" s="38"/>
+        <v>152</v>
+      </c>
+      <c r="J52" s="36"/>
     </row>
     <row r="53" spans="1:11" customHeight="1" ht="56">
       <c r="A53" s="2">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B53" s="2"/>
-      <c r="C53" s="35">
-        <v>80005615</v>
+      <c r="C53" s="33">
+        <v>70250815</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>148</v>
+        <v>51</v>
       </c>
       <c r="G53" s="2" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>134</v>
+      </c>
+      <c r="H53" s="35" t="s">
+        <v>153</v>
       </c>
       <c r="I53" s="2" t="s">
-        <v>150</v>
-[...1 lines deleted...]
-      <c r="J53" s="38"/>
+        <v>154</v>
+      </c>
+      <c r="J53" s="36"/>
     </row>
     <row r="54" spans="1:11" customHeight="1" ht="56">
       <c r="A54" s="2">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B54" s="2"/>
-      <c r="C54" s="35">
-        <v>71328775</v>
+      <c r="C54" s="33">
+        <v>67729875</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G54" s="2" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>134</v>
+      </c>
+      <c r="H54" s="35" t="s">
+        <v>155</v>
       </c>
       <c r="I54" s="2" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="J54" s="38"/>
+        <v>156</v>
+      </c>
+      <c r="J54" s="36"/>
     </row>
     <row r="55" spans="1:11" customHeight="1" ht="56">
       <c r="A55" s="2">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B55" s="2"/>
-      <c r="C55" s="35">
-        <v>81046735</v>
+      <c r="C55" s="33">
+        <v>67161565</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G55" s="2" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>145</v>
+      </c>
+      <c r="H55" s="35" t="s">
+        <v>157</v>
       </c>
       <c r="I55" s="2" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="J55" s="38"/>
+        <v>158</v>
+      </c>
+      <c r="J55" s="36"/>
     </row>
     <row r="56" spans="1:11" customHeight="1" ht="56">
       <c r="A56" s="2">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B56" s="2"/>
-      <c r="C56" s="35">
-        <v>67161565</v>
+      <c r="C56" s="33">
+        <v>70640885</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G56" s="2" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>156</v>
+        <v>145</v>
+      </c>
+      <c r="H56" s="35" t="s">
+        <v>159</v>
       </c>
       <c r="I56" s="2" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="J56" s="38"/>
+        <v>158</v>
+      </c>
+      <c r="J56" s="36"/>
     </row>
     <row r="57" spans="1:11" customHeight="1" ht="56">
       <c r="A57" s="2">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="B57" s="2"/>
-      <c r="C57" s="35">
-        <v>70640885</v>
+      <c r="C57" s="33">
+        <v>83963865</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G57" s="2" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>158</v>
+        <v>148</v>
+      </c>
+      <c r="H57" s="35" t="s">
+        <v>160</v>
       </c>
       <c r="I57" s="2" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="J57" s="38"/>
+        <v>161</v>
+      </c>
+      <c r="J57" s="36"/>
     </row>
     <row r="58" spans="1:11" customHeight="1" ht="56">
       <c r="A58" s="2">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B58" s="2"/>
-      <c r="C58" s="35">
+      <c r="C58" s="33">
         <v>71382105</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>159</v>
+        <v>145</v>
+      </c>
+      <c r="H58" s="35" t="s">
+        <v>162</v>
       </c>
       <c r="I58" s="2" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="J58" s="38"/>
+        <v>158</v>
+      </c>
+      <c r="J58" s="36"/>
     </row>
     <row r="59" spans="1:11" customHeight="1" ht="56">
       <c r="A59" s="2">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="B59" s="2"/>
-      <c r="C59" s="35">
-        <v>71145345</v>
+      <c r="C59" s="33">
+        <v>80976065</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>160</v>
+        <v>58</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>161</v>
+        <v>142</v>
+      </c>
+      <c r="H59" s="35" t="s">
+        <v>163</v>
       </c>
       <c r="I59" s="2" t="s">
-        <v>162</v>
-[...1 lines deleted...]
-      <c r="J59" s="38"/>
+        <v>158</v>
+      </c>
+      <c r="J59" s="36"/>
     </row>
     <row r="60" spans="1:11" customHeight="1" ht="56">
       <c r="A60" s="2">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="B60" s="2"/>
-      <c r="C60" s="35">
-        <v>80228995</v>
+      <c r="C60" s="33">
+        <v>80489475</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>86</v>
+        <v>47</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>87</v>
+        <v>58</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>142</v>
+      </c>
+      <c r="H60" s="35" t="s">
+        <v>164</v>
       </c>
       <c r="I60" s="2" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="J60" s="38"/>
+        <v>165</v>
+      </c>
+      <c r="J60" s="36"/>
     </row>
     <row r="61" spans="1:11" customHeight="1" ht="56">
       <c r="A61" s="2">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="B61" s="2"/>
-      <c r="C61" s="35">
-        <v>71191035</v>
+      <c r="C61" s="33">
+        <v>71376225</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>92</v>
+        <v>47</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>165</v>
+        <v>58</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="H61" s="37" t="s">
+        <v>148</v>
+      </c>
+      <c r="H61" s="35" t="s">
         <v>166</v>
       </c>
       <c r="I61" s="2" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="J61" s="38"/>
+        <v>167</v>
+      </c>
+      <c r="J61" s="36"/>
     </row>
     <row r="62" spans="1:11" customHeight="1" ht="56">
       <c r="A62" s="2">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="B62" s="2"/>
-      <c r="C62" s="35">
-        <v>66972085</v>
+      <c r="C62" s="33">
+        <v>71145345</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>92</v>
+        <v>47</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="G62" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="H62" s="37" t="s">
-        <v>168</v>
+      <c r="H62" s="35" t="s">
+        <v>169</v>
       </c>
       <c r="I62" s="2" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="J62" s="38"/>
+        <v>170</v>
+      </c>
+      <c r="J62" s="36"/>
     </row>
     <row r="63" spans="1:11" customHeight="1" ht="56">
       <c r="A63" s="2">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="B63" s="2"/>
-      <c r="C63" s="35">
-        <v>65867705</v>
+      <c r="C63" s="33">
+        <v>85296345</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>71</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>72</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>170</v>
+        <v>142</v>
+      </c>
+      <c r="H63" s="35" t="s">
+        <v>171</v>
       </c>
       <c r="I63" s="2" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="J63" s="38"/>
+        <v>172</v>
+      </c>
+      <c r="J63" s="36"/>
     </row>
     <row r="64" spans="1:11" customHeight="1" ht="56">
       <c r="A64" s="2">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="B64" s="2"/>
-      <c r="C64" s="35">
-        <v>64963885</v>
+      <c r="C64" s="33">
+        <v>71191035</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>75</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>173</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="H64" s="37" t="s">
-        <v>172</v>
+      <c r="H64" s="35" t="s">
+        <v>174</v>
       </c>
       <c r="I64" s="2" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="J64" s="38"/>
+        <v>147</v>
+      </c>
+      <c r="J64" s="36"/>
     </row>
     <row r="65" spans="1:11" customHeight="1" ht="56">
       <c r="A65" s="2">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="B65" s="2"/>
-      <c r="C65" s="35">
-        <v>64710455</v>
+      <c r="C65" s="33">
+        <v>83953255</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>175</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>176</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>174</v>
+        <v>148</v>
+      </c>
+      <c r="H65" s="35" t="s">
+        <v>177</v>
       </c>
       <c r="I65" s="2" t="s">
-        <v>175</v>
-[...1 lines deleted...]
-      <c r="J65" s="38"/>
+        <v>167</v>
+      </c>
+      <c r="J65" s="36"/>
     </row>
     <row r="66" spans="1:11" customHeight="1" ht="56">
       <c r="A66" s="2">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B66" s="2"/>
-      <c r="C66" s="35">
-        <v>70252355</v>
+      <c r="C66" s="33">
+        <v>80932075</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>102</v>
+        <v>175</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>177</v>
+        <v>148</v>
+      </c>
+      <c r="H66" s="35" t="s">
+        <v>179</v>
       </c>
       <c r="I66" s="2" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="J66" s="38"/>
+        <v>158</v>
+      </c>
+      <c r="J66" s="36"/>
     </row>
     <row r="67" spans="1:11" customHeight="1" ht="56">
       <c r="A67" s="2">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B67" s="2"/>
-      <c r="C67" s="35">
-        <v>63543545</v>
+      <c r="C67" s="33">
+        <v>66264165</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>180</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="H67" s="37" t="s">
+        <v>142</v>
+      </c>
+      <c r="H67" s="35" t="s">
         <v>181</v>
       </c>
       <c r="I67" s="2" t="s">
         <v>182</v>
       </c>
-      <c r="J67" s="38"/>
+      <c r="J67" s="36"/>
     </row>
     <row r="68" spans="1:11" customHeight="1" ht="56">
       <c r="A68" s="2">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B68" s="2"/>
-      <c r="C68" s="35">
-[...1 lines deleted...]
-      </c>
+      <c r="C68" s="2"/>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>148</v>
+      </c>
+      <c r="H68" s="35" t="s">
+        <v>185</v>
       </c>
       <c r="I68" s="2" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="J68" s="38"/>
+        <v>186</v>
+      </c>
+      <c r="J68" s="36"/>
     </row>
     <row r="69" spans="1:11" customHeight="1" ht="56">
       <c r="A69" s="2">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="B69" s="2"/>
-      <c r="C69" s="35">
-        <v>71911585</v>
+      <c r="C69" s="33">
+        <v>70244285</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>115</v>
+        <v>82</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>187</v>
+        <v>134</v>
+      </c>
+      <c r="H69" s="35" t="s">
+        <v>188</v>
       </c>
       <c r="I69" s="2" t="s">
-        <v>188</v>
-[...1 lines deleted...]
-      <c r="J69" s="38"/>
+        <v>189</v>
+      </c>
+      <c r="J69" s="36"/>
     </row>
     <row r="70" spans="1:11" customHeight="1" ht="56">
       <c r="A70" s="2">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="B70" s="2"/>
-      <c r="C70" s="35">
-        <v>80042625</v>
+      <c r="C70" s="33">
+        <v>66098975</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>115</v>
+        <v>190</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>134</v>
+      </c>
+      <c r="H70" s="35" t="s">
+        <v>192</v>
       </c>
       <c r="I70" s="2" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="J70" s="38"/>
+        <v>193</v>
+      </c>
+      <c r="J70" s="36"/>
     </row>
     <row r="71" spans="1:11" customHeight="1" ht="56">
       <c r="A71" s="2">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B71" s="2"/>
-      <c r="C71" s="35">
-        <v>66974305</v>
+      <c r="C71" s="33">
+        <v>84600585</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>115</v>
+        <v>190</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>192</v>
+        <v>142</v>
+      </c>
+      <c r="H71" s="35" t="s">
+        <v>195</v>
       </c>
       <c r="I71" s="2" t="s">
-        <v>193</v>
-[...1 lines deleted...]
-      <c r="J71" s="38"/>
+        <v>196</v>
+      </c>
+      <c r="J71" s="36"/>
     </row>
     <row r="72" spans="1:11" customHeight="1" ht="56">
       <c r="A72" s="2">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B72" s="2"/>
-      <c r="C72" s="35">
-        <v>69224845</v>
+      <c r="C72" s="33">
+        <v>71911585</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>115</v>
+        <v>101</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>116</v>
+        <v>197</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>194</v>
+        <v>145</v>
+      </c>
+      <c r="H72" s="35" t="s">
+        <v>198</v>
       </c>
       <c r="I72" s="2" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="J72" s="38"/>
+        <v>199</v>
+      </c>
+      <c r="J72" s="36"/>
     </row>
     <row r="73" spans="1:11" customHeight="1" ht="56">
       <c r="A73" s="2">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="B73" s="2"/>
-      <c r="C73" s="35">
-        <v>63885435</v>
+      <c r="C73" s="33">
+        <v>86246355</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>115</v>
+        <v>101</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>196</v>
+        <v>142</v>
+      </c>
+      <c r="H73" s="35" t="s">
+        <v>200</v>
       </c>
       <c r="I73" s="2" t="s">
-        <v>197</v>
-[...1 lines deleted...]
-      <c r="J73" s="38"/>
+        <v>144</v>
+      </c>
+      <c r="J73" s="36"/>
     </row>
     <row r="74" spans="1:11" customHeight="1" ht="56">
       <c r="A74" s="2">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B74" s="2"/>
-      <c r="C74" s="35">
-        <v>66855905</v>
+      <c r="C74" s="33">
+        <v>80042625</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>115</v>
+        <v>101</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>116</v>
+        <v>102</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="H74" s="37" t="s">
-        <v>198</v>
+      <c r="H74" s="35" t="s">
+        <v>201</v>
       </c>
       <c r="I74" s="2" t="s">
-        <v>199</v>
-[...1 lines deleted...]
-      <c r="J74" s="38"/>
+        <v>202</v>
+      </c>
+      <c r="J74" s="36"/>
     </row>
     <row r="75" spans="1:11" customHeight="1" ht="56">
       <c r="A75" s="2">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B75" s="2"/>
-      <c r="C75" s="35">
-        <v>67884555</v>
+      <c r="C75" s="33">
+        <v>69224845</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>119</v>
+        <v>101</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="H75" s="37" t="s">
-        <v>200</v>
+      <c r="H75" s="35" t="s">
+        <v>203</v>
       </c>
       <c r="I75" s="2" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="J75" s="38"/>
+        <v>204</v>
+      </c>
+      <c r="J75" s="36"/>
     </row>
     <row r="76" spans="1:11" customHeight="1" ht="56">
       <c r="A76" s="2">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B76" s="2"/>
-      <c r="C76" s="35">
-        <v>83927025</v>
+      <c r="C76" s="33">
+        <v>70418835</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>202</v>
+        <v>101</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>203</v>
+        <v>107</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>134</v>
+      </c>
+      <c r="H76" s="35" t="s">
+        <v>205</v>
       </c>
       <c r="I76" s="2" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="J76" s="38"/>
+        <v>206</v>
+      </c>
+      <c r="J76" s="36"/>
     </row>
     <row r="77" spans="1:11" customHeight="1" ht="56">
       <c r="A77" s="2">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B77" s="2"/>
-      <c r="C77" s="35">
-        <v>71964855</v>
+      <c r="C77" s="33">
+        <v>84439275</v>
       </c>
       <c r="D77" s="2"/>
       <c r="E77" s="2" t="s">
-        <v>202</v>
+        <v>101</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>206</v>
+        <v>107</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>151</v>
-[...1 lines deleted...]
-      <c r="H77" s="37" t="s">
+        <v>148</v>
+      </c>
+      <c r="H77" s="35" t="s">
         <v>207</v>
       </c>
       <c r="I77" s="2" t="s">
         <v>208</v>
       </c>
-      <c r="J77" s="38"/>
+      <c r="J77" s="36"/>
     </row>
     <row r="78" spans="1:11" customHeight="1" ht="56">
       <c r="A78" s="2">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B78" s="2"/>
-      <c r="C78" s="2"/>
+      <c r="C78" s="33">
+        <v>81173565</v>
+      </c>
       <c r="D78" s="2"/>
       <c r="E78" s="2" t="s">
         <v>209</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>210</v>
       </c>
       <c r="G78" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="H78" s="35" t="s">
         <v>211</v>
       </c>
-      <c r="H78" s="37" t="s">
+      <c r="I78" s="2" t="s">
         <v>212</v>
       </c>
-      <c r="I78" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J78" s="38"/>
+      <c r="J78" s="36"/>
     </row>
     <row r="79" spans="1:11" customHeight="1" ht="56">
       <c r="A79" s="2">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B79" s="2"/>
-      <c r="C79" s="35">
-        <v>85057985</v>
+      <c r="C79" s="33">
+        <v>84158435</v>
       </c>
       <c r="D79" s="2"/>
       <c r="E79" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="H79" s="35" t="s">
+        <v>213</v>
+      </c>
+      <c r="I79" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="F79" s="2" t="s">
-[...11 lines deleted...]
-      <c r="J79" s="38"/>
+      <c r="J79" s="36"/>
     </row>
     <row r="80" spans="1:11" customHeight="1" ht="56">
       <c r="A80" s="2">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B80" s="2"/>
-      <c r="C80" s="35">
-        <v>86659345</v>
+      <c r="C80" s="33">
+        <v>80448045</v>
       </c>
       <c r="D80" s="2"/>
       <c r="E80" s="2" t="s">
-        <v>219</v>
+        <v>112</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
       <c r="G80" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="H80" s="35" t="s">
         <v>216</v>
       </c>
-      <c r="H80" s="37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I80" s="2" t="s">
-        <v>222</v>
-[...1 lines deleted...]
-      <c r="J80" s="38"/>
+        <v>217</v>
+      </c>
+      <c r="J80" s="36"/>
     </row>
     <row r="81" spans="1:11" customHeight="1" ht="56">
       <c r="A81" s="2">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B81" s="2"/>
-      <c r="C81" s="35">
-        <v>85826725</v>
+      <c r="C81" s="33">
+        <v>85083765</v>
       </c>
       <c r="D81" s="2"/>
       <c r="E81" s="2" t="s">
+        <v>116</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="H81" s="35" t="s">
+        <v>218</v>
+      </c>
+      <c r="I81" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="F81" s="2" t="s">
-[...11 lines deleted...]
-      <c r="J81" s="38"/>
+      <c r="J81" s="36"/>
     </row>
     <row r="82" spans="1:11" customHeight="1" ht="56">
       <c r="A82" s="2">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B82" s="2"/>
-      <c r="C82" s="35">
-        <v>64386175</v>
+      <c r="C82" s="33">
+        <v>85057985</v>
       </c>
       <c r="D82" s="2"/>
       <c r="E82" s="2" t="s">
-        <v>27</v>
+        <v>220</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>228</v>
+        <v>142</v>
+      </c>
+      <c r="H82" s="35" t="s">
+        <v>222</v>
       </c>
       <c r="I82" s="2" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="J82" s="38"/>
+        <v>196</v>
+      </c>
+      <c r="J82" s="36"/>
     </row>
     <row r="83" spans="1:11" customHeight="1" ht="56">
       <c r="A83" s="2">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B83" s="2"/>
-      <c r="C83" s="35">
-        <v>220681.258492</v>
+      <c r="C83" s="33">
+        <v>83927025</v>
       </c>
       <c r="D83" s="2"/>
       <c r="E83" s="2" t="s">
-        <v>35</v>
+        <v>223</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>39</v>
+        <v>224</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>230</v>
-[...2 lines deleted...]
-        <v>231</v>
+        <v>145</v>
+      </c>
+      <c r="H83" s="35" t="s">
+        <v>225</v>
       </c>
       <c r="I83" s="2" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="J83" s="38"/>
+        <v>226</v>
+      </c>
+      <c r="J83" s="36"/>
     </row>
     <row r="84" spans="1:11" customHeight="1" ht="56">
       <c r="A84" s="2">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B84" s="2"/>
-      <c r="C84" s="35">
-        <v>83897015</v>
+      <c r="C84" s="33">
+        <v>71964855</v>
       </c>
       <c r="D84" s="2"/>
       <c r="E84" s="2" t="s">
-        <v>46</v>
+        <v>223</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>148</v>
+        <v>227</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>145</v>
+      </c>
+      <c r="H84" s="35" t="s">
+        <v>228</v>
       </c>
       <c r="I84" s="2" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="J84" s="38"/>
+        <v>229</v>
+      </c>
+      <c r="J84" s="36"/>
     </row>
     <row r="85" spans="1:11" customHeight="1" ht="56">
       <c r="A85" s="2">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B85" s="2"/>
-      <c r="C85" s="35">
-        <v>83963865</v>
+      <c r="C85" s="33">
+        <v>83892175</v>
       </c>
       <c r="D85" s="2"/>
       <c r="E85" s="2" t="s">
-        <v>46</v>
+        <v>223</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>47</v>
+        <v>227</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>235</v>
+        <v>134</v>
+      </c>
+      <c r="H85" s="35" t="s">
+        <v>230</v>
       </c>
       <c r="I85" s="2" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="J85" s="38"/>
+        <v>231</v>
+      </c>
+      <c r="J85" s="36"/>
     </row>
     <row r="86" spans="1:11" customHeight="1" ht="56">
       <c r="A86" s="2">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B86" s="2"/>
-      <c r="C86" s="35">
-        <v>70614155</v>
+      <c r="C86" s="33">
+        <v>90782085</v>
       </c>
       <c r="D86" s="2"/>
       <c r="E86" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>232</v>
+      </c>
+      <c r="H86" s="35" t="s">
+        <v>233</v>
       </c>
       <c r="I86" s="2" t="s">
-        <v>238</v>
-[...1 lines deleted...]
-      <c r="J86" s="38"/>
+        <v>234</v>
+      </c>
+      <c r="J86" s="36"/>
     </row>
     <row r="87" spans="1:11" customHeight="1" ht="56">
       <c r="A87" s="2">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B87" s="2"/>
-      <c r="C87" s="35">
-        <v>70250815</v>
+      <c r="C87" s="33">
+        <v>85826725</v>
       </c>
       <c r="D87" s="2"/>
       <c r="E87" s="2" t="s">
-        <v>46</v>
+        <v>132</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>47</v>
+        <v>133</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>239</v>
+        <v>235</v>
+      </c>
+      <c r="H87" s="35" t="s">
+        <v>236</v>
       </c>
       <c r="I87" s="2" t="s">
-        <v>240</v>
-[...1 lines deleted...]
-      <c r="J87" s="38"/>
+        <v>237</v>
+      </c>
+      <c r="J87" s="36"/>
     </row>
     <row r="88" spans="1:11" customHeight="1" ht="56">
       <c r="A88" s="2">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B88" s="2"/>
-      <c r="C88" s="35">
-        <v>68410125</v>
+      <c r="C88" s="33">
+        <v>220681.258492</v>
       </c>
       <c r="D88" s="2"/>
       <c r="E88" s="2" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>227</v>
-[...2 lines deleted...]
-        <v>241</v>
+        <v>238</v>
+      </c>
+      <c r="H88" s="35" t="s">
+        <v>239</v>
       </c>
       <c r="I88" s="2" t="s">
-        <v>242</v>
-[...1 lines deleted...]
-      <c r="J88" s="38"/>
+        <v>240</v>
+      </c>
+      <c r="J88" s="36"/>
     </row>
     <row r="89" spans="1:11" customHeight="1" ht="56">
       <c r="A89" s="2">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="B89" s="2"/>
-      <c r="C89" s="35">
-        <v>67729875</v>
+      <c r="C89" s="33">
+        <v>93804165</v>
       </c>
       <c r="D89" s="2"/>
       <c r="E89" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>232</v>
+      </c>
+      <c r="H89" s="35" t="s">
+        <v>241</v>
       </c>
       <c r="I89" s="2" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="J89" s="38"/>
+        <v>242</v>
+      </c>
+      <c r="J89" s="36"/>
     </row>
     <row r="90" spans="1:11" customHeight="1" ht="56">
       <c r="A90" s="2">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="B90" s="2"/>
-      <c r="C90" s="35">
+      <c r="C90" s="33">
         <v>70618685</v>
       </c>
       <c r="D90" s="2"/>
       <c r="E90" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>243</v>
       </c>
-      <c r="H90" s="37" t="s">
-        <v>246</v>
+      <c r="H90" s="35" t="s">
+        <v>244</v>
       </c>
       <c r="I90" s="2" t="s">
-        <v>247</v>
-[...1 lines deleted...]
-      <c r="J90" s="38"/>
+        <v>245</v>
+      </c>
+      <c r="J90" s="36"/>
     </row>
     <row r="91" spans="1:11" customHeight="1" ht="56">
       <c r="A91" s="2">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B91" s="2"/>
-      <c r="C91" s="35">
-        <v>86197995</v>
+      <c r="C91" s="33">
+        <v>70614155</v>
       </c>
       <c r="D91" s="2"/>
       <c r="E91" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>248</v>
+        <v>235</v>
+      </c>
+      <c r="H91" s="35" t="s">
+        <v>246</v>
       </c>
       <c r="I91" s="2" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="J91" s="38"/>
+        <v>247</v>
+      </c>
+      <c r="J91" s="36"/>
     </row>
     <row r="92" spans="1:11" customHeight="1" ht="56">
       <c r="A92" s="2">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="B92" s="2"/>
-      <c r="C92" s="35">
-        <v>80489475</v>
+      <c r="C92" s="33">
+        <v>83920695</v>
       </c>
       <c r="D92" s="2"/>
       <c r="E92" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="G92" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="H92" s="35" t="s">
+        <v>249</v>
+      </c>
+      <c r="I92" s="2" t="s">
         <v>250</v>
       </c>
-      <c r="H92" s="37" t="s">
-[...5 lines deleted...]
-      <c r="J92" s="38"/>
+      <c r="J92" s="36"/>
     </row>
     <row r="93" spans="1:11" customHeight="1" ht="56">
       <c r="A93" s="2">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B93" s="2"/>
-      <c r="C93" s="35">
-        <v>71376225</v>
+      <c r="C93" s="33">
+        <v>92025425</v>
       </c>
       <c r="D93" s="2"/>
       <c r="E93" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>253</v>
+        <v>232</v>
+      </c>
+      <c r="H93" s="35" t="s">
+        <v>251</v>
       </c>
       <c r="I93" s="2" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="J93" s="38"/>
+        <v>252</v>
+      </c>
+      <c r="J93" s="36"/>
     </row>
     <row r="94" spans="1:11" customHeight="1" ht="56">
       <c r="A94" s="2">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B94" s="2"/>
-      <c r="C94" s="35">
-        <v>83920695</v>
+      <c r="C94" s="33">
+        <v>81015375</v>
       </c>
       <c r="D94" s="2"/>
       <c r="E94" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>216</v>
-[...2 lines deleted...]
-        <v>255</v>
+        <v>253</v>
+      </c>
+      <c r="H94" s="35" t="s">
+        <v>254</v>
       </c>
       <c r="I94" s="2" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="J94" s="38"/>
+        <v>202</v>
+      </c>
+      <c r="J94" s="36"/>
     </row>
     <row r="95" spans="1:11" customHeight="1" ht="56">
       <c r="A95" s="2">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B95" s="2"/>
-      <c r="C95" s="35">
-        <v>80976065</v>
+      <c r="C95" s="33">
+        <v>86763715</v>
       </c>
       <c r="D95" s="2"/>
       <c r="E95" s="2" t="s">
-        <v>46</v>
+        <v>183</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>72</v>
+        <v>184</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>250</v>
-[...2 lines deleted...]
-        <v>257</v>
+        <v>248</v>
+      </c>
+      <c r="H95" s="35" t="s">
+        <v>255</v>
       </c>
       <c r="I95" s="2" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="J95" s="38"/>
+        <v>256</v>
+      </c>
+      <c r="J95" s="36"/>
     </row>
     <row r="96" spans="1:11" customHeight="1" ht="56">
       <c r="A96" s="2">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B96" s="2"/>
-      <c r="C96" s="35">
-        <v>81015375</v>
+      <c r="C96" s="33">
+        <v>87355255</v>
       </c>
       <c r="D96" s="2"/>
       <c r="E96" s="2" t="s">
-        <v>46</v>
+        <v>190</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>72</v>
+        <v>194</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="H96" s="37" t="s">
+        <v>257</v>
+      </c>
+      <c r="H96" s="35" t="s">
         <v>258</v>
       </c>
       <c r="I96" s="2" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="J96" s="38"/>
+        <v>250</v>
+      </c>
+      <c r="J96" s="36"/>
     </row>
     <row r="97" spans="1:11" customHeight="1" ht="56">
       <c r="A97" s="2">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="B97" s="2"/>
-      <c r="C97" s="35">
-        <v>85296345</v>
+      <c r="C97" s="33">
+        <v>89661575</v>
       </c>
       <c r="D97" s="2"/>
       <c r="E97" s="2" t="s">
-        <v>86</v>
+        <v>101</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>87</v>
+        <v>102</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="H97" s="37" t="s">
+        <v>257</v>
+      </c>
+      <c r="H97" s="35" t="s">
         <v>259</v>
       </c>
       <c r="I97" s="2" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="J97" s="38"/>
+        <v>196</v>
+      </c>
+      <c r="J97" s="36"/>
     </row>
     <row r="98" spans="1:11" customHeight="1" ht="56">
       <c r="A98" s="2">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="B98" s="2"/>
-      <c r="C98" s="35">
-        <v>81258615</v>
+      <c r="C98" s="33">
+        <v>80987885</v>
       </c>
       <c r="D98" s="2"/>
       <c r="E98" s="2" t="s">
-        <v>92</v>
+        <v>112</v>
       </c>
       <c r="F98" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="G98" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="H98" s="35" t="s">
         <v>261</v>
       </c>
-      <c r="G98" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H98" s="37" t="s">
+      <c r="I98" s="2" t="s">
         <v>262</v>
       </c>
-      <c r="I98" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J98" s="38"/>
+      <c r="J98" s="36"/>
     </row>
     <row r="99" spans="1:11" customHeight="1" ht="56">
       <c r="A99" s="2">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B99" s="2"/>
-      <c r="C99" s="35">
-        <v>83953255</v>
+      <c r="C99" s="33">
+        <v>84390325</v>
       </c>
       <c r="D99" s="2"/>
       <c r="E99" s="2" t="s">
-        <v>96</v>
+        <v>223</v>
       </c>
       <c r="F99" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="G99" s="2" t="s">
         <v>264</v>
       </c>
-      <c r="G99" s="2" t="s">
-[...2 lines deleted...]
-      <c r="H99" s="37" t="s">
+      <c r="H99" s="35" t="s">
         <v>265</v>
       </c>
       <c r="I99" s="2" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="J99" s="38"/>
+        <v>231</v>
+      </c>
+      <c r="J99" s="36"/>
     </row>
     <row r="100" spans="1:11" customHeight="1" ht="56">
       <c r="A100" s="2">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="B100" s="2"/>
-      <c r="C100" s="35">
-        <v>62242535</v>
+      <c r="C100" s="33">
+        <v>71143165</v>
       </c>
       <c r="D100" s="2"/>
       <c r="E100" s="2" t="s">
-        <v>96</v>
+        <v>223</v>
       </c>
       <c r="F100" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="G100" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="H100" s="35" t="s">
         <v>266</v>
       </c>
-      <c r="G100" s="2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I100" s="2" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="J100" s="38"/>
+        <v>170</v>
+      </c>
+      <c r="J100" s="36"/>
     </row>
     <row r="101" spans="1:11" customHeight="1" ht="56">
       <c r="A101" s="2">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B101" s="2"/>
-      <c r="C101" s="35">
-        <v>80932075</v>
+      <c r="C101" s="33">
+        <v>87404505</v>
       </c>
       <c r="D101" s="2"/>
       <c r="E101" s="2" t="s">
-        <v>96</v>
+        <v>223</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>269</v>
+        <v>227</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>270</v>
+        <v>248</v>
+      </c>
+      <c r="H101" s="35" t="s">
+        <v>267</v>
       </c>
       <c r="I101" s="2" t="s">
-        <v>157</v>
-[...417 lines deleted...]
-      <c r="J117" s="38"/>
+        <v>268</v>
+      </c>
+      <c r="J101" s="36"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="D9:G9"/>
   <mergeCells>
-    <mergeCell ref="A7:C7"/>
-[...5 lines deleted...]
-    <mergeCell ref="D5:E5"/>
     <mergeCell ref="I8:J8"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="H6:I7"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="F6:G6"/>
     <mergeCell ref="F7:G7"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="F5:G5"/>
+    <mergeCell ref="A7:C7"/>
+    <mergeCell ref="D2:E2"/>
+    <mergeCell ref="A1:C1"/>
+    <mergeCell ref="D3:E3"/>
+    <mergeCell ref="D4:E4"/>
+    <mergeCell ref="D6:E6"/>
+    <mergeCell ref="D5:E5"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H1" r:id="rId_hyperlink_1"/>
-    <hyperlink ref="C9" r:id="rId_hyperlink_2"/>
-[...215 lines deleted...]
-    <hyperlink ref="H117" r:id="rId_hyperlink_218"/>
+    <hyperlink ref="C10" r:id="rId_hyperlink_2"/>
+    <hyperlink ref="H10" r:id="rId_hyperlink_3"/>
+    <hyperlink ref="C11" r:id="rId_hyperlink_4"/>
+    <hyperlink ref="H11" r:id="rId_hyperlink_5"/>
+    <hyperlink ref="C12" r:id="rId_hyperlink_6"/>
+    <hyperlink ref="H12" r:id="rId_hyperlink_7"/>
+    <hyperlink ref="C13" r:id="rId_hyperlink_8"/>
+    <hyperlink ref="H13" r:id="rId_hyperlink_9"/>
+    <hyperlink ref="C14" r:id="rId_hyperlink_10"/>
+    <hyperlink ref="H14" r:id="rId_hyperlink_11"/>
+    <hyperlink ref="C15" r:id="rId_hyperlink_12"/>
+    <hyperlink ref="H15" r:id="rId_hyperlink_13"/>
+    <hyperlink ref="C16" r:id="rId_hyperlink_14"/>
+    <hyperlink ref="H16" r:id="rId_hyperlink_15"/>
+    <hyperlink ref="C17" r:id="rId_hyperlink_16"/>
+    <hyperlink ref="H17" r:id="rId_hyperlink_17"/>
+    <hyperlink ref="C18" r:id="rId_hyperlink_18"/>
+    <hyperlink ref="H18" r:id="rId_hyperlink_19"/>
+    <hyperlink ref="C19" r:id="rId_hyperlink_20"/>
+    <hyperlink ref="H19" r:id="rId_hyperlink_21"/>
+    <hyperlink ref="C20" r:id="rId_hyperlink_22"/>
+    <hyperlink ref="H20" r:id="rId_hyperlink_23"/>
+    <hyperlink ref="C21" r:id="rId_hyperlink_24"/>
+    <hyperlink ref="H21" r:id="rId_hyperlink_25"/>
+    <hyperlink ref="C22" r:id="rId_hyperlink_26"/>
+    <hyperlink ref="H22" r:id="rId_hyperlink_27"/>
+    <hyperlink ref="C23" r:id="rId_hyperlink_28"/>
+    <hyperlink ref="H23" r:id="rId_hyperlink_29"/>
+    <hyperlink ref="C24" r:id="rId_hyperlink_30"/>
+    <hyperlink ref="H24" r:id="rId_hyperlink_31"/>
+    <hyperlink ref="C25" r:id="rId_hyperlink_32"/>
+    <hyperlink ref="H25" r:id="rId_hyperlink_33"/>
+    <hyperlink ref="C26" r:id="rId_hyperlink_34"/>
+    <hyperlink ref="H26" r:id="rId_hyperlink_35"/>
+    <hyperlink ref="C27" r:id="rId_hyperlink_36"/>
+    <hyperlink ref="H27" r:id="rId_hyperlink_37"/>
+    <hyperlink ref="C28" r:id="rId_hyperlink_38"/>
+    <hyperlink ref="H28" r:id="rId_hyperlink_39"/>
+    <hyperlink ref="C29" r:id="rId_hyperlink_40"/>
+    <hyperlink ref="H29" r:id="rId_hyperlink_41"/>
+    <hyperlink ref="C30" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="H30" r:id="rId_hyperlink_43"/>
+    <hyperlink ref="C31" r:id="rId_hyperlink_44"/>
+    <hyperlink ref="H31" r:id="rId_hyperlink_45"/>
+    <hyperlink ref="C32" r:id="rId_hyperlink_46"/>
+    <hyperlink ref="H32" r:id="rId_hyperlink_47"/>
+    <hyperlink ref="C33" r:id="rId_hyperlink_48"/>
+    <hyperlink ref="H33" r:id="rId_hyperlink_49"/>
+    <hyperlink ref="C34" r:id="rId_hyperlink_50"/>
+    <hyperlink ref="H34" r:id="rId_hyperlink_51"/>
+    <hyperlink ref="C35" r:id="rId_hyperlink_52"/>
+    <hyperlink ref="H35" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="C36" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="H36" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="C37" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="H37" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="C38" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="H38" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="C39" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="H39" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="C40" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="H40" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="C41" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="H41" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="C42" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="H42" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="C43" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="H43" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="C44" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="H44" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="C45" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="H45" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="C46" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="H46" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="C47" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="H47" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="C48" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="H48" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="C49" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="H49" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="C50" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="H50" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="C51" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="H51" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="C52" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="H52" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="C53" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="H53" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="C54" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="H54" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="C55" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="H55" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="C56" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="H56" r:id="rId_hyperlink_95"/>
+    <hyperlink ref="C57" r:id="rId_hyperlink_96"/>
+    <hyperlink ref="H57" r:id="rId_hyperlink_97"/>
+    <hyperlink ref="C58" r:id="rId_hyperlink_98"/>
+    <hyperlink ref="H58" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="C59" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="H59" r:id="rId_hyperlink_101"/>
+    <hyperlink ref="C60" r:id="rId_hyperlink_102"/>
+    <hyperlink ref="H60" r:id="rId_hyperlink_103"/>
+    <hyperlink ref="C61" r:id="rId_hyperlink_104"/>
+    <hyperlink ref="H61" r:id="rId_hyperlink_105"/>
+    <hyperlink ref="C62" r:id="rId_hyperlink_106"/>
+    <hyperlink ref="H62" r:id="rId_hyperlink_107"/>
+    <hyperlink ref="C63" r:id="rId_hyperlink_108"/>
+    <hyperlink ref="H63" r:id="rId_hyperlink_109"/>
+    <hyperlink ref="C64" r:id="rId_hyperlink_110"/>
+    <hyperlink ref="H64" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="C65" r:id="rId_hyperlink_112"/>
+    <hyperlink ref="H65" r:id="rId_hyperlink_113"/>
+    <hyperlink ref="C66" r:id="rId_hyperlink_114"/>
+    <hyperlink ref="H66" r:id="rId_hyperlink_115"/>
+    <hyperlink ref="C67" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="H67" r:id="rId_hyperlink_117"/>
+    <hyperlink ref="H68" r:id="rId_hyperlink_118"/>
+    <hyperlink ref="C69" r:id="rId_hyperlink_119"/>
+    <hyperlink ref="H69" r:id="rId_hyperlink_120"/>
+    <hyperlink ref="C70" r:id="rId_hyperlink_121"/>
+    <hyperlink ref="H70" r:id="rId_hyperlink_122"/>
+    <hyperlink ref="C71" r:id="rId_hyperlink_123"/>
+    <hyperlink ref="H71" r:id="rId_hyperlink_124"/>
+    <hyperlink ref="C72" r:id="rId_hyperlink_125"/>
+    <hyperlink ref="H72" r:id="rId_hyperlink_126"/>
+    <hyperlink ref="C73" r:id="rId_hyperlink_127"/>
+    <hyperlink ref="H73" r:id="rId_hyperlink_128"/>
+    <hyperlink ref="C74" r:id="rId_hyperlink_129"/>
+    <hyperlink ref="H74" r:id="rId_hyperlink_130"/>
+    <hyperlink ref="C75" r:id="rId_hyperlink_131"/>
+    <hyperlink ref="H75" r:id="rId_hyperlink_132"/>
+    <hyperlink ref="C76" r:id="rId_hyperlink_133"/>
+    <hyperlink ref="H76" r:id="rId_hyperlink_134"/>
+    <hyperlink ref="C77" r:id="rId_hyperlink_135"/>
+    <hyperlink ref="H77" r:id="rId_hyperlink_136"/>
+    <hyperlink ref="C78" r:id="rId_hyperlink_137"/>
+    <hyperlink ref="H78" r:id="rId_hyperlink_138"/>
+    <hyperlink ref="C79" r:id="rId_hyperlink_139"/>
+    <hyperlink ref="H79" r:id="rId_hyperlink_140"/>
+    <hyperlink ref="C80" r:id="rId_hyperlink_141"/>
+    <hyperlink ref="H80" r:id="rId_hyperlink_142"/>
+    <hyperlink ref="C81" r:id="rId_hyperlink_143"/>
+    <hyperlink ref="H81" r:id="rId_hyperlink_144"/>
+    <hyperlink ref="C82" r:id="rId_hyperlink_145"/>
+    <hyperlink ref="H82" r:id="rId_hyperlink_146"/>
+    <hyperlink ref="C83" r:id="rId_hyperlink_147"/>
+    <hyperlink ref="H83" r:id="rId_hyperlink_148"/>
+    <hyperlink ref="C84" r:id="rId_hyperlink_149"/>
+    <hyperlink ref="H84" r:id="rId_hyperlink_150"/>
+    <hyperlink ref="C85" r:id="rId_hyperlink_151"/>
+    <hyperlink ref="H85" r:id="rId_hyperlink_152"/>
+    <hyperlink ref="C86" r:id="rId_hyperlink_153"/>
+    <hyperlink ref="H86" r:id="rId_hyperlink_154"/>
+    <hyperlink ref="C87" r:id="rId_hyperlink_155"/>
+    <hyperlink ref="H87" r:id="rId_hyperlink_156"/>
+    <hyperlink ref="C88" r:id="rId_hyperlink_157"/>
+    <hyperlink ref="H88" r:id="rId_hyperlink_158"/>
+    <hyperlink ref="C89" r:id="rId_hyperlink_159"/>
+    <hyperlink ref="H89" r:id="rId_hyperlink_160"/>
+    <hyperlink ref="C90" r:id="rId_hyperlink_161"/>
+    <hyperlink ref="H90" r:id="rId_hyperlink_162"/>
+    <hyperlink ref="C91" r:id="rId_hyperlink_163"/>
+    <hyperlink ref="H91" r:id="rId_hyperlink_164"/>
+    <hyperlink ref="C92" r:id="rId_hyperlink_165"/>
+    <hyperlink ref="H92" r:id="rId_hyperlink_166"/>
+    <hyperlink ref="C93" r:id="rId_hyperlink_167"/>
+    <hyperlink ref="H93" r:id="rId_hyperlink_168"/>
+    <hyperlink ref="C94" r:id="rId_hyperlink_169"/>
+    <hyperlink ref="H94" r:id="rId_hyperlink_170"/>
+    <hyperlink ref="C95" r:id="rId_hyperlink_171"/>
+    <hyperlink ref="H95" r:id="rId_hyperlink_172"/>
+    <hyperlink ref="C96" r:id="rId_hyperlink_173"/>
+    <hyperlink ref="H96" r:id="rId_hyperlink_174"/>
+    <hyperlink ref="C97" r:id="rId_hyperlink_175"/>
+    <hyperlink ref="H97" r:id="rId_hyperlink_176"/>
+    <hyperlink ref="C98" r:id="rId_hyperlink_177"/>
+    <hyperlink ref="H98" r:id="rId_hyperlink_178"/>
+    <hyperlink ref="C99" r:id="rId_hyperlink_179"/>
+    <hyperlink ref="H99" r:id="rId_hyperlink_180"/>
+    <hyperlink ref="C100" r:id="rId_hyperlink_181"/>
+    <hyperlink ref="H100" r:id="rId_hyperlink_182"/>
+    <hyperlink ref="C101" r:id="rId_hyperlink_183"/>
+    <hyperlink ref="H101" r:id="rId_hyperlink_184"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId2"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>