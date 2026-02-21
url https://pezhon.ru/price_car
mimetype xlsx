--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -17,1084 +17,907 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Sheet1'!$D$9:$G$9</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="220">
   <si>
     <t>МАШИНОКОМПЛЕКТЫ ИЗ АНГЛИИ
 в наличии на складе в Москве</t>
   </si>
   <si>
     <t xml:space="preserve">Отдел продаж </t>
   </si>
   <si>
     <t>www.pezhon.ru</t>
   </si>
   <si>
     <t xml:space="preserve"> Николаев Дмитрий</t>
   </si>
   <si>
     <t>+7 (925) 771-20-55</t>
   </si>
   <si>
     <t>Леонов Евгений</t>
   </si>
   <si>
     <t>+7 (926) 172-12-56</t>
   </si>
   <si>
     <t>Чебуханов Денис</t>
   </si>
   <si>
     <t>+7 (909) 272-13-71</t>
   </si>
   <si>
     <t xml:space="preserve"> Карев Владислав</t>
   </si>
   <si>
     <t>+7 (925) 741-12-90</t>
   </si>
   <si>
     <t xml:space="preserve"> Коваленко Алина</t>
   </si>
   <si>
     <t>+7 (925) 740-23-22</t>
   </si>
   <si>
-    <t>Дата прайса: 06.01.2026 23:55</t>
+    <t>Дата прайса: 21.02.2026 15:55</t>
   </si>
   <si>
     <t>Московская область, посёлок Зелёный, к5</t>
   </si>
   <si>
     <t>Прайс: 26.10.2018 14:15</t>
   </si>
   <si>
     <t>Курс: 
-96 ₽</t>
+92 ₽</t>
   </si>
   <si>
     <t>№</t>
   </si>
   <si>
     <t>Фото</t>
   </si>
   <si>
     <t># лота</t>
   </si>
   <si>
     <t>Поступление</t>
   </si>
   <si>
     <t>Марка</t>
   </si>
   <si>
     <t>Модель</t>
   </si>
   <si>
     <t>Статус</t>
   </si>
   <si>
     <t>Автомобиль</t>
   </si>
   <si>
     <t>Стоимость Курс: 25,24</t>
   </si>
   <si>
     <t>Цена со скидкой</t>
   </si>
   <si>
+    <t>Audi</t>
+  </si>
+  <si>
+    <t>Q3</t>
+  </si>
+  <si>
+    <t>В наличии</t>
+  </si>
+  <si>
+    <t>U222, Audi Q3 2013, 2.0, дизель, МКПП
+ WAUZZZ8U1ER042489
+Вес: 825 кг</t>
+  </si>
+  <si>
+    <t>446'100 ₽
+4'849 €</t>
+  </si>
+  <si>
     <t>BMW</t>
   </si>
   <si>
     <t>1-Series</t>
-  </si>
-[...1 lines deleted...]
-    <t>В наличии</t>
   </si>
   <si>
     <t>N92, BMW 1-Series 2014, 1.6, бензин, МКПП
  WBA1A12040P559205
 Вес: 815 кг</t>
   </si>
   <si>
-    <t>473'700 ₽
+    <t>454'000 ₽
 4'935 €</t>
   </si>
   <si>
     <t>Chevrolet</t>
   </si>
   <si>
     <t>Aveo</t>
   </si>
   <si>
     <t>Y31, Chevrolet Aveo 2010, 1.1, бензин, МКПП
  KL1SF48DJAB052474
 Вес: 415 кг</t>
   </si>
   <si>
-    <t>206'600 ₽
+    <t>198'000 ₽
 2'152 €</t>
   </si>
   <si>
     <t>Lacetti</t>
   </si>
   <si>
     <t>Y118, Chevrolet Lacetti 2010, 1.8, бензин, АКПП
  KL1NA35BJAK531273
 Вес: 640 кг</t>
   </si>
   <si>
-    <t>289'700 ₽
+    <t>277'700 ₽
 3'018 €</t>
   </si>
   <si>
     <t>Citroen</t>
   </si>
   <si>
     <t>C4</t>
   </si>
   <si>
     <t>U173, Citroen C4 2006, 1.6, бензин, МКПП
  VF7LCNFUC74415023
 Вес: 345 кг</t>
   </si>
   <si>
-    <t>188'500 ₽
+    <t>180'600 ₽
 1'963 €</t>
   </si>
   <si>
     <t>Dodge</t>
   </si>
   <si>
     <t>Caliber</t>
   </si>
   <si>
     <t>W237, Dodge Caliber 2009, 2.0, бензин, АКПП
  1B3H3G8B57D324493
 Вес: 680 кг</t>
   </si>
   <si>
-    <t>268'200 ₽
+    <t>257'000 ₽
 2'793 €</t>
   </si>
   <si>
     <t>Ford</t>
   </si>
   <si>
     <t>Fiesta</t>
   </si>
   <si>
     <t>Y132, Ford Fiesta 2006, 1.1, бензин, МКПП
  WF0HXXGAJH6T63699
 Вес: 470 кг</t>
   </si>
   <si>
-    <t>202'700 ₽
+    <t>194'300 ₽
 2'112 €</t>
   </si>
   <si>
+    <t>W338, Ford Fiesta 2006, 1.4, бензин, МКПП
+ WF0HXXWPJH6P78483
+Вес: 420 кг</t>
+  </si>
+  <si>
+    <t>222'200 ₽
+2'415 €</t>
+  </si>
+  <si>
+    <t>Y148, Ford Fiesta 2006, 1.6, бензин, АКПП
+ WF0HXXGAJH6P88869
+Вес: 445 кг</t>
+  </si>
+  <si>
+    <t>212'700 ₽
+2'312 €</t>
+  </si>
+  <si>
     <t>Focus</t>
+  </si>
+  <si>
+    <t>W329, Ford Focus 2010, 1.6, бензин, МКПП
+ WF0PXXGCDPAB03626
+Вес: 530 кг</t>
+  </si>
+  <si>
+    <t>236'400 ₽
+2'569 €</t>
   </si>
   <si>
     <t>W78, Ford Focus 2010, 1.6, бензин, МКПП
  WF0SXXGCDSAM39644
 Вес: 365 кг</t>
   </si>
   <si>
-    <t>221'300 ₽
+    <t>212'100 ₽
 2'305 €</t>
   </si>
   <si>
-    <t>U152, Ford Focus 2009, 1.6, бензин, МКПП
-[...5 lines deleted...]
-2'729 €</t>
+    <t>W340, Ford Focus 2009, 1.6, бензин, МКПП
+ WF0PXXWPDP9P09867
+Вес: 420 кг</t>
   </si>
   <si>
     <t>W291, Ford Focus 2011, 1.6, бензин, МКПП
  WF0KXXGCBKBK87853
 Вес: 520 кг</t>
   </si>
   <si>
-    <t>298'300 ₽
+    <t>285'800 ₽
 3'107 €</t>
   </si>
   <si>
     <t>Fusion</t>
   </si>
   <si>
-    <t>W208, Ford Fusion 2007, 1.4, бензин, МКПП
-[...19 lines deleted...]
-2'428 €</t>
+    <t>U236, Ford Fusion 2007, 1.4, бензин, МКПП
+ WF0UXXGAJU6A55849
+Вес: 355 кг</t>
+  </si>
+  <si>
+    <t>193'500 ₽
+2'104 €</t>
+  </si>
+  <si>
+    <t>Y144, Ford Fusion 2010, 1.6, бензин, АКПП
+ WF0UXXGAJUAJ31230
+Вес: 525 кг</t>
+  </si>
+  <si>
+    <t>258'600 ₽
+2'811 €</t>
   </si>
   <si>
     <t>U126, Ford Fusion 2011, 1.4, бензин, МКПП
  WF0UXXGAJUAB51690
 Вес: 385 кг</t>
   </si>
   <si>
-    <t>203'700 ₽
-2'122 €</t>
+    <t>199'800 ₽
+2'172 €</t>
+  </si>
+  <si>
+    <t>U211, Ford Fusion 2011, 1.6, бензин, МКПП
+ WF0UXXGAJUBL46079
+Вес: 390 кг</t>
+  </si>
+  <si>
+    <t>213'900 ₽
+2'325 €</t>
+  </si>
+  <si>
+    <t>W337, Ford Fusion 2006, 1.6, бензин, АКПП
+ WF0UXXGAJU6L57663
+Вес: 375 кг</t>
+  </si>
+  <si>
+    <t>193'900 ₽
+2'108 €</t>
   </si>
   <si>
     <t>Mondeo</t>
-  </si>
-[...7 lines deleted...]
-2'434 €</t>
   </si>
   <si>
     <t>G989, Ford Mondeo 2005, 2.0, дизель, МКПП
  WF05XXGBB55C63777
 Вес: 450 кг</t>
   </si>
   <si>
-    <t>196'200 ₽
+    <t>188'100 ₽
 2'044 €</t>
   </si>
   <si>
     <t>Honda</t>
   </si>
   <si>
     <t>Civic</t>
   </si>
   <si>
     <t>Y135, Honda Civic 2008, 1.3, электро, АКПП
  JHMFD36208S209267
 Вес: 700 кг</t>
   </si>
   <si>
-    <t>305'500 ₽
+    <t>292'800 ₽
 3'183 €</t>
+  </si>
+  <si>
+    <t>Y154, Honda Civic 2006, 1.3, гибрид, АКПП
+ JHMFD36206S203003
+Вес: 680 кг</t>
+  </si>
+  <si>
+    <t>274'100 ₽
+2'979 €</t>
   </si>
   <si>
     <t>Hyundai</t>
   </si>
   <si>
     <t>Getz</t>
   </si>
   <si>
     <t>W294, Hyundai Getz 2008, 1.1, бензин, МКПП
  KMHBT51GR8U777466
 Вес: 475 кг</t>
   </si>
   <si>
-    <t>225'000 ₽
+    <t>215'600 ₽
 2'344 €</t>
+  </si>
+  <si>
+    <t>i30</t>
+  </si>
+  <si>
+    <t>W320, Hyundai i30 2012, 1.4, бензин, МКПП
+ TMADB51CLCJ259018
+Вес: 565 кг</t>
+  </si>
+  <si>
+    <t>233'500 ₽
+2'538 €</t>
   </si>
   <si>
     <t>ix35</t>
   </si>
   <si>
     <t>Y111, Hyundai ix35 2013, 2.0, дизель, МКПП
  TMAJU81VNEJ494498
 Вес: 855 кг</t>
   </si>
   <si>
-    <t>382'500 ₽
+    <t>366'500 ₽
 3'984 €</t>
   </si>
   <si>
+    <t>Kia</t>
+  </si>
+  <si>
+    <t>Cerato</t>
+  </si>
+  <si>
+    <t>W346, Kia Cerato 2005, 2.0, бензин, МКПП
+ KNEFE223255102070
+Вес: 560 кг</t>
+  </si>
+  <si>
+    <t>228'000 ₽
+2'478 €</t>
+  </si>
+  <si>
+    <t>Land Rover</t>
+  </si>
+  <si>
+    <t>Freelander</t>
+  </si>
+  <si>
+    <t>U235, Land Rover Freelander 2011, 2.2, дизель, АКПП
+ SALFA2AE7BH264990
+Вес: 1040 кг</t>
+  </si>
+  <si>
+    <t>469'600 ₽
+5'105 €</t>
+  </si>
+  <si>
+    <t>W358, Land Rover Freelander 2008, 2.2, дизель, МКПП
+Вес: 1005 кг</t>
+  </si>
+  <si>
+    <t>348'600 ₽
+3'789 €</t>
+  </si>
+  <si>
     <t>Mazda</t>
+  </si>
+  <si>
+    <t>W283, Mazda 3 2010, 1.6, бензин, МКПП
+ JMZBL14Z201195630
+Вес: 575 кг</t>
+  </si>
+  <si>
+    <t>244'600 ₽
+2'659 €</t>
+  </si>
+  <si>
+    <t>Y101, Mazda 3 2007, 2.3, бензин, МКПП
+ JMZBK14L601588829
+Вес: 870 кг</t>
+  </si>
+  <si>
+    <t>416'400 ₽
+4'526 €</t>
   </si>
   <si>
     <t>N115, Mazda 3 2009, 1.6, бензин, МКПП
  JMZBK12Z201821412
 Вес: 345 кг</t>
   </si>
   <si>
-    <t>253'000 ₽
+    <t>242'500 ₽
 2'636 €</t>
-  </si>
-[...7 lines deleted...]
-2'659 €</t>
   </si>
   <si>
     <t>N158, Mazda 3 2008, 1.6, бензин, МКПП
  JMZBK14Z201780966
 Вес: 565 кг</t>
   </si>
   <si>
-    <t>284'900 ₽
+    <t>273'000 ₽
 2'967 €</t>
-  </si>
-[...7 lines deleted...]
-4'526 €</t>
   </si>
   <si>
     <t>G903, Mazda 3 2010, 1.6, бензин, МКПП
  JMZBL14Z201188579
 Вес: 625 кг</t>
   </si>
   <si>
-    <t>254'200 ₽
-[...4 lines deleted...]
-2'335 €
+    <t>243'600 ₽
+2'651 €</t>
+  </si>
+  <si>
+    <t>213'600 ₽
+2'322 €
 (Скидка: 30'000  ₽)</t>
   </si>
   <si>
     <t>G905, Mazda 3 2011, 1.6, бензин, МКПП
  JMZBLA4Z201231196
 Вес: 545 кг</t>
   </si>
   <si>
-    <t>242'200 ₽
-[...4 lines deleted...]
-2'210 €
+    <t>232'100 ₽
+2'526 €</t>
+  </si>
+  <si>
+    <t>202'100 ₽
+2'197 €
 (Скидка: 30'000  ₽)</t>
-  </si>
-[...7 lines deleted...]
-2'571 €</t>
   </si>
   <si>
     <t>N152, Mazda 6 2014, 2.2, дизель, МКПП
  JMZGJ621651171512
 Вес: 600 кг</t>
   </si>
   <si>
-    <t>255'800 ₽
+    <t>245'100 ₽
 2'664 €</t>
+  </si>
+  <si>
+    <t>Mitsubishi</t>
+  </si>
+  <si>
+    <t>Lancer</t>
+  </si>
+  <si>
+    <t>Y152, Mitsubishi Lancer 2005, 1.6, бензин, МКПП
+ JMASNCS3A5U001452
+Вес: 470 кг</t>
+  </si>
+  <si>
+    <t>208'100 ₽
+2'262 €</t>
   </si>
   <si>
     <t>Nissan</t>
   </si>
   <si>
     <t>Note</t>
   </si>
   <si>
     <t>Y123, Nissan Note 2006, 1.6, бензин, АКПП
  SJNFCAE11U1067595
 Вес: 530 кг</t>
   </si>
   <si>
-    <t>228'600 ₽
+    <t>219'100 ₽
 2'382 €</t>
   </si>
   <si>
-    <t>Y97, Nissan Note 2006, 1.6, бензин, МКПП
-[...5 lines deleted...]
-2'292 €</t>
+    <t>Y160, Nissan Note 2008, 1.4, бензин, МКПП
+ SJNFAAE11U1262985
+Вес: 505 кг</t>
+  </si>
+  <si>
+    <t>223'700 ₽
+2'432 €</t>
+  </si>
+  <si>
+    <t>W330, Nissan Note 2013, 1.4, бензин, МКПП
+ SJNFAAE11U2218323
+Вес: 550 кг</t>
+  </si>
+  <si>
+    <t>243'300 ₽
+2'645 €</t>
   </si>
   <si>
     <t>Qashqai</t>
+  </si>
+  <si>
+    <t>W243, Nissan Qashqai 2014, 1.1, бензин, МКПП
+ SJNFEAJ11U1025272
+Вес: 620 кг</t>
+  </si>
+  <si>
+    <t>368'500 ₽
+4'006 €</t>
   </si>
   <si>
     <t>Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП
  SJNFAAJ10U1007141
 Вес: 640 кг</t>
   </si>
   <si>
-    <t>273'000 ₽
+    <t>261'600 ₽
 2'843 €</t>
   </si>
   <si>
-    <t>W243, Nissan Qashqai 2014, 1.1, бензин, МКПП
-[...5 lines deleted...]
-4'006 €</t>
+    <t>Opel</t>
+  </si>
+  <si>
+    <t>Astra</t>
+  </si>
+  <si>
+    <t>U244, Opel Astra 2015, 1.4, бензин, МКПП
+ W0LPC6EB2FG087272
+Вес: 295 кг</t>
+  </si>
+  <si>
+    <t>214'200 ₽
+2'328 €</t>
   </si>
   <si>
     <t>Suzuki</t>
   </si>
   <si>
     <t>Grand Vitara</t>
+  </si>
+  <si>
+    <t>Y149, Suzuki Grand Vitara 2016, 1.6, бензин, МКПП
+ TSMLYD21S00176265
+Вес: 590 кг</t>
+  </si>
+  <si>
+    <t>408'300 ₽
+4'438 €</t>
   </si>
   <si>
     <t>Y120, Suzuki Grand Vitara 2013, 2.4, бензин, МКПП
  JSAJTDA4V00250727
 Вес: 750 кг</t>
   </si>
   <si>
-    <t>382'600 ₽
+    <t>366'700 ₽
 3'986 €</t>
+  </si>
+  <si>
+    <t>SX4</t>
+  </si>
+  <si>
+    <t>U247, Suzuki SX4 2015, 1.6, бензин, МКПП
+ TSMJYB22S00191551
+Вес: 562 кг</t>
+  </si>
+  <si>
+    <t>270'000 ₽
+2'935 €</t>
   </si>
   <si>
     <t>Toyota</t>
   </si>
   <si>
     <t>Auris</t>
   </si>
   <si>
     <t>Y63, Toyota Auris 2007, 1.6, бензин, МКПП
  SB1KV56E20F021623
 Вес: 565 кг</t>
   </si>
   <si>
-    <t>256'100 ₽
+    <t>245'400 ₽
 2'668 €</t>
   </si>
   <si>
     <t>F933, Toyota Auris 2007, 1.6, бензин, МКПП
  SB1KV56E80F023019
 Вес: 655 кг</t>
   </si>
   <si>
-    <t>255'600 ₽
+    <t>245'000 ₽
 2'663 €</t>
+  </si>
+  <si>
+    <t>Y156, Toyota Auris 2008, 1.6, бензин, МКПП
+ SB1KV56E80F034893
+Вес: 550 кг</t>
+  </si>
+  <si>
+    <t>267'600 ₽
+2'908 €</t>
   </si>
   <si>
     <t>Celica</t>
   </si>
   <si>
     <t>Y43, Toyota Celica 2002, 1.8, бензин, МКПП
  JTDDR38T800129384
 Вес: 625 кг</t>
   </si>
   <si>
-    <t>286'800 ₽
+    <t>274'900 ₽
 2'988 €</t>
   </si>
   <si>
     <t>RAV 4</t>
   </si>
   <si>
     <t>G943, Toyota RAV 4 2005, 2.0, бензин, МКПП
  JTEYH20V605006077
 Вес: 830 кг</t>
   </si>
   <si>
-    <t>316'700 ₽
+    <t>303'500 ₽
 3'299 €</t>
   </si>
   <si>
-    <t>W305, Honda Civic 2007, 1.8, бензин, МКПП
-[...20 lines deleted...]
-    <t>Q3</t>
+    <t>VW</t>
+  </si>
+  <si>
+    <t>Phaeton</t>
+  </si>
+  <si>
+    <t>U214, VW Phaeton 2011, 3.0, дизель, АКПП
+ WVWZZZ3DZB8005791
+Вес: 1225 кг</t>
+  </si>
+  <si>
+    <t>498'700 ₽
+5'420 €</t>
+  </si>
+  <si>
+    <t>Tiguan</t>
+  </si>
+  <si>
+    <t>U210, VW Tiguan 2013, 2.0, дизель, МКПП
+ WVGZZZ5NZDW072338
+Вес: 740 кг</t>
+  </si>
+  <si>
+    <t>397'500 ₽
+4'320 €</t>
+  </si>
+  <si>
+    <t>Touareg</t>
+  </si>
+  <si>
+    <t>W318, VW Touareg 2004, 2.5, дизель, МКПП
+ WVGZZZ7LZ5D032752
+Вес: 1110 кг</t>
+  </si>
+  <si>
+    <t>403'600 ₽
+4'387 €</t>
+  </si>
+  <si>
+    <t>U234, VW Touareg 2009, 3.0, дизель, АКПП
+ WVGZZZ7LZAD013685
+Вес: 1145 кг</t>
+  </si>
+  <si>
+    <t>463'300 ₽
+5'036 €</t>
+  </si>
+  <si>
+    <t>W363, Mitsubishi Lancer 2009, 1.5, бензин, МКПП
+ JMASNCY2A9U000408
+Вес: 580 кг</t>
+  </si>
+  <si>
+    <t>234'900 ₽
+2'554 €</t>
   </si>
   <si>
     <t>В пути
 19.12.2025</t>
   </si>
   <si>
     <t>U237, Audi Q3 2017, 1.4, бензин, АКПП
  WAUZZZ8U9HR061716</t>
   </si>
   <si>
-    <t>407'800 ₽
+    <t>390'800 ₽
 4'248 €</t>
   </si>
   <si>
-    <t>U197, Ford Focus 2010, 1.6, бензин, МКПП
-[...187 lines deleted...]
-2'779 €</t>
+    <t>U208, Nissan Qashqai 2011, 1.6, бензин, МКПП
+ SJNFAAJ10U2354776</t>
+  </si>
+  <si>
+    <t>259'400 ₽
+2'819 €</t>
+  </si>
+  <si>
+    <t>Ssang Yong</t>
+  </si>
+  <si>
+    <t>Korando</t>
+  </si>
+  <si>
+    <t>U203, Ssang Yong Korando 2011, 2.0, дизель, МКПП
+ KPTB0A1SSBP028862</t>
+  </si>
+  <si>
+    <t>263'000 ₽
+2'859 €</t>
+  </si>
+  <si>
+    <t>Jimny</t>
+  </si>
+  <si>
+    <t>U202, Suzuki Jimny 2004, 1.3, бензин, МКПП
+ JSAFJB43V00186739</t>
+  </si>
+  <si>
+    <t>288'600 ₽
+3'137 €</t>
+  </si>
+  <si>
+    <t>U209, VW Touareg 2007, 3.0, дизель, АКПП
+ WVGZZZ7LZ7D076374</t>
+  </si>
+  <si>
+    <t>357'900 ₽
+3'890 €</t>
   </si>
   <si>
     <t>CX-5</t>
   </si>
   <si>
     <t>U185, Mazda CX-5 2014, 2.2, дизель, МКПП
  JMZKEF91600168771</t>
   </si>
   <si>
-    <t>243'600 ₽
-[...156 lines deleted...]
-3'890 €</t>
+    <t>В Англии
+28.02.2022</t>
+  </si>
+  <si>
+    <t xml:space="preserve">D893, Citroen C4 2005, 1.6, бензин, АКПП
+</t>
+  </si>
+  <si>
+    <t>163'000 ₽
+1'772 €</t>
   </si>
   <si>
     <t>В Англии
 01.01.2026</t>
   </si>
   <si>
     <t>Y174, Ford Fusion 2008, 1.6, бензин, АКПП
  WF0UXXGAJU8R03871</t>
   </si>
   <si>
-    <t>226'900 ₽
+    <t>217'400 ₽
 2'363 €</t>
-  </si>
-[...62 lines deleted...]
-2'394 €</t>
   </si>
   <si>
     <t>Y177, Ford Fusion 2009, 1.6, бензин, МКПП
  WF0UXXGAJU9G50855</t>
   </si>
   <si>
-    <t>247'600 ₽
+    <t>237'300 ₽
 2'579 €</t>
   </si>
   <si>
+    <t>Colt</t>
+  </si>
+  <si>
     <t>В Англии
-15.10.2025</t>
-[...11 lines deleted...]
-4'025 €</t>
+15.01.2026</t>
+  </si>
+  <si>
+    <t>U266, Mitsubishi Colt 2004, 1.5, бензин, МКПП
+ XMDXNZ36A5F015989</t>
+  </si>
+  <si>
+    <t>224'300 ₽
+2'438 €</t>
   </si>
   <si>
     <t>В Англии
 15.12.2025</t>
   </si>
   <si>
-    <t>W363, Mitsubishi Lancer 2009, 1.5, бензин, МКПП
-[...2 lines deleted...]
-  <si>
     <t>Y168, Nissan Note 2008, 1.6, бензин, АКПП
  SJNFCAE11U1284665</t>
   </si>
   <si>
-    <t>SX4</t>
-[...10 lines deleted...]
-    <t>Phaeton</t>
+    <t>213'600 ₽
+2'322 €</t>
+  </si>
+  <si>
+    <t>U256, Suzuki SX4 2008, 1.6, бензин, МКПП
+ TSMEYA21S00256248</t>
+  </si>
+  <si>
+    <t>221'500 ₽
+2'408 €</t>
+  </si>
+  <si>
+    <t>Skoda</t>
+  </si>
+  <si>
+    <t>Octavia</t>
   </si>
   <si>
     <t>В Англии
-31.10.2025</t>
-[...15 lines deleted...]
-3'696 €</t>
+15.03.2026</t>
+  </si>
+  <si>
+    <t>Y200, Skoda Octavia 2010, 1.4, бензин, МКПП
+ TMBBJ21Z7A2110242</t>
+  </si>
+  <si>
+    <t>249'200 ₽
+2'708 €</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="9">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FFFFFFFF"/>
       <name val="Calibri"/>
@@ -1359,51 +1182,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6dfec0d0f352b63f96d23b2f2481a8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/336ccffda12cbd343afce077b14f04de16.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d2fb81e6d150c984a0a2e7c0b5a461fb17.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8218c7cba78be961390d99e4efddf95e18.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/576d715e9fb18d85eaa40b0f6c83029a19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4e22d1f7f7c3999a0ec0861a6e11d37a20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e20ddb8eb2ab7cc38030840a1c5e227121.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8ba1ac3d2cc464dbf8ddf941703fe7722.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9adc7bd1c1a9ea8e2280f3e7ace003bf23.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c9b90697446f2933b56a5f62e2eca51a24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/abb341d4017b5d52a108019e364e49da25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6f9bd5b56149bb7c3e2f1e3d4330f04326.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d53cb3f38798eaee5046f332490677527.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/220e6166558d09775970a605810a98b928.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/494c705544ccf62f2673240964902b0729.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/401f41e92bd1465ad6a3eccdd3e701cc30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b8fa652118cd9526c34cbafd9cfd308231.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/63da51da5125a72bc6d780abe398c4cd32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/546e41edcad695523ccf8d97b6c1b17633.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/58baa1cad87c5cfd08ebde8f4f11114634.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c8d35ffcc9e6257814f6bd07155a86235.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6450d78a81d667c498e487f807105f0936.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ca5c581b095d65d27e8ebc24933f1eb37.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf464951f8423d36b425ceaa10b5563538.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8326f7aae38fdf212d22c5473dd88dc039.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3cfa579b863c2e75579ff5f8427c8c7240.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9bf195a60298670c53a73cf4cde596c141.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6e9bde04e6241dbd43f768c4dc9397f942.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4ccfe4bc51a3c46869322503cc564fe543.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8ae554e4a67bfd1e84075a9555dfa69744.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b5ae49c3ab576d894fd34eb8da0ba85945.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40ed5ef62204686d38ae194062f9725146.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f06496515b14759fdc541eda2aa9bc2e47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/098c92e9431c39435d15f1c77ba8f7ab48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c0e2996b75a4619b6c4350687081111749.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24dc34e8e98f5b4b2ec90826fe265a1150.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/989bc5c2f6695650988acc4bb701d54451.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0238f3ebd4d79f4efe174ab6d659649352.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/06ab679a39e6e3892f102d297fdde16453.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df19f2c32a17f03a49261e0c47bafdf954.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5bd1cf5c96eeace834002ecc36376dca55.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6d41a9bcbd58923ab350f4441605d41a56.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f7d18623878af3cefe571e0363250f8357.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33dde9a0ccbc6c788ac791e20e105e8458.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fd077fc6ca417348e65a079c0fc0987559.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/39fd4e163b472e061fd43801806b0fa860.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b689eab4e905e97cc33a6485e75698061.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0f5ba5fca29d7bf30ffc12ad642c532b62.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c628082f174ff8d6e56b99d4ba0604763.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d07a338a140b7be0990cee4cb4c7825164.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/71c8c6ad46380b0568a71da0d31110c065.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5d1f5359f50f49545c7d7a4c8900dd3466.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1e6ddcd0afd22017205c3658fa9f9fae67.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/09b13557b280823cd6f4b0106501f90168.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/418a0844e7baea74a03c53b52dc1d7b069.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa938599813d787a897f3231236a49b970.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e84a94b692f9e1011f095d65bb93720571.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7718f7a18693ddac4205a9e6ad9a527e72.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/add1c68e3f501e37243dbe7b16df5b4773.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7a2fd67d23fa604943eb56e2d2ec8dcd74.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e13491c464700e47f4ca1848c9a3f57075.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1d83c63a5fba0623af959f09af3c8e6d76.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0d62ca6d7ad3f4e6f9506d48697f858677.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/105439c6913a2a59495a7f58d75335c378.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/870c426c1729b87e66e9b33f48a95c3e79.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a16cd9fa8e80d44c3f1f1d5584e023180.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/7d4729310cd6e9d5419a97f0a5e4b74781.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/49fd441075a372570611afa48713ff3982.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/085fc4bec3df9e47793f4377740a006183.png"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8d4da4f05784866b9e5e1d28d9ebca2b84.png"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/799d7a4bbea8fcb6b8826d7ea31763c285.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/96a838ece6316956171bba033afb662286.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/54ee160e3a7f50ec6ec6e2058942bd8b87.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/866e33d40724b17d2bd0d31b9057767788.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/df2cc1de0f96e368d0b9016b280791bc89.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3738619e5b67257e6b0a6c90312f9c3190.png"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/02d9ff46b7d0b0ab80b1f12ba43d6c2291.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/659502c50a264976b8d6a8af469b9d2a92.png"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0ac07756290409352e9993b066945d8c93.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8a08fe28085243298c9355d1b7a7808494.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0a0b859b5c769e7a3016e9c7bffe0e095.png"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b81871b02220c01d23f9f70a374a17596.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9c9bb0191708feecafc95fdd0e71756597.png"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d9e47af80a66a289330a0e7c6f37281098.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d8e57d32990c857550c546754293fc5b99.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/000135104b57d6c31963190fca431ec7100.png"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cda0b83758f223412ec95f4869fa7d34101.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8264b89d8c921d6693e3bb786b20503b102.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f66aa91c984470d6b10853cff2a940c4103.png"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/03449ad251c8fd6cf40411978adc133f104.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/c6bf1cc9c9b76a1c44fe15577ae6ed79105.png"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9a37ccf2fee61badeb94dc0fa658c47a106.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/ceb8df6820843cbdfe29f983a80c0170107.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b6dfec0d0f352b63f96d23b2f2481a8c.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/533fd5ec8c9e00a2efbb79d1230dae29.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/37948781aff5a2503a7a00fa9f4cf54a.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/75e8c4c15394707200f1f672428b72a216.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4a08f978ff269e8619b3429258584dd917.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/9b2da645be3c9dfa9ba75d0f1301ae3918.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/5e55d4611d54fba63c41f959600b8e3a19.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f46183b3610090d298e46758790cc89b20.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/69d4b74f64bb1187daf945376980d1e721.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/24255334c1a8a561a3d82ef0f808c8c322.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a010e4741c228a85939d7d941b71c4e223.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6168bd1b7c061fb2775a6e2a6518cd6b24.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/599e901555211c5c0345308c86afafe125.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/38f939351c9927be58a6ca8c703f9d2026.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/73283613976d48927076fa80a959b34927.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b792ccabdb7f7a1e21ac44b76140ab2128.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/89a16118c701dc0d65c66a2ecb4604be29.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/21378e82cfde368f1a50a4b72de23a8330.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/4c1fa36013841a7051cf6a0a7132fa5831.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a65b36fefe797af74ffaba45a9f6372c32.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc8a3052ebbb8a47eb4a2dcfa5795b8c33.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/13d9f96b3bf08becb800a4360b5dba0734.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b731f0751b592b6d3a325e57a535727935.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/dc70d02b135775ef012a9d32d049b5cf36.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2cfa67ccebffbb9c1e1c42693b5aaf3137.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d17be76a979d24ae1e3e4dc0ea56c7d638.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/205cdd41cebe8fa5ce0d6f4bd854cbd739.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/04354f8dc2017c25acd9780835e8475540.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f68e54fda4ae1396126e4f567a3d0f4941.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f12974e412c80bbe327e99995bd3352542.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a242b12ebdae9a5a0f026cee375d5e0043.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/614c31f3b4c7f8f7a0daa8334f31aaac44.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bab3e9adf16bc54647b5cd21b9865d9545.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1e14a2cbe613a24e111e33d9d4ef60746.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f1d7f357a8a209ba49e481cdd4a6a47e47.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/e743859d345eecb19813a7a3014fd09c48.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/40db95b5e38ba4913c7c293d6fba7d3649.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f9f8f5a4d9a18f53e941339a5dbd5be750.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3b5a84f3a5db83f64c72997674dbae7c51.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8210809f19fb3fb46e1848250a112ae952.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/fc50c763f5ef848a79ede616524f9e7853.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/0a4973cfeba2360b58e5ebbb7f33a7f454.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/34330eb8341e14dd0cd9333a5785f16955.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/387d6303e5ed2c21ab30f4b02c0f2c1656.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/409ee610c0b0383fa25ab7f2512df69857.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b00c6de202912160e8b59262a97ed8fb58.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cc0316488d00c4b7245f9c311f401d4459.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2e748b8d42a15eea8052f6306308b9b160.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d7b3a89c9a14d3575199a27a0e38df5161.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/86f5a0ce76b1a05dabc863add38c72ee62.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a925313133f970048b211d43fe29be9d63.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3de63162efaa6831b85ae98cfdb8808164.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f10d7ec394e4700859b309a94e7611ce65.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a3925358175b758a8a61e27b0c3b6c6e66.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/af82e745be400bc80efff1531d440a9867.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/d3056d0e38fd6b2b020262cada409b2d68.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/aa198016143ee43b393f1ad24545409069.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/a878b8757ef482c8820370b3cfde320570.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/3ea60333abccab5e3747194bf0ba310871.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/8b7a19c653fb6d0ba96f1169ea09b9b172.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/33421f18869130df77c989514aa1d10273.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/cbb8202a2438ba7a37fc27d12c78e73c74.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/bf7336c762b8824c8c065d62278fb5c475.png"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/87ed7c5674f455679d0423d38d50de6a76.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/2624b7b76788bf33c0bfe51c709afc3077.png"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/6ddd8782a559d8210695988de964f2a778.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/1c297289aab8cc4ea0bce91c92f43e4679.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f86847fd18d961ac5df50938f61b717c80.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/f0f9b54e99af0c709575eec21113c6f281.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/b956c10e13b29c2c78f457be16b7729882.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>390525</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>95250</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="542925" cy="514350"/>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="1" name="Рисунок 2" descr="logotype.png"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
@@ -1824,1791 +1647,1791 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId15"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>9</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="16" name="N92, BMW 1-Series 2014, 1.6, бензин, МКПП" descr="N92, BMW 1-Series 2014, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="16" name="U222, Audi Q3 2013, 2.0, дизель, МКПП" descr="U222, Audi Q3 2013, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId16"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>10</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="17" name="Y31, Chevrolet Aveo 2010, 1.1, бензин, МКПП" descr="Y31, Chevrolet Aveo 2010, 1.1, бензин, МКПП"/>
+        <xdr:cNvPr id="17" name="N92, BMW 1-Series 2014, 1.6, бензин, МКПП" descr="N92, BMW 1-Series 2014, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId17"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>11</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="18" name="Y118, Chevrolet Lacetti 2010, 1.8, бензин, АКПП" descr="Y118, Chevrolet Lacetti 2010, 1.8, бензин, АКПП"/>
+        <xdr:cNvPr id="18" name="Y31, Chevrolet Aveo 2010, 1.1, бензин, МКПП" descr="Y31, Chevrolet Aveo 2010, 1.1, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId18"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>12</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="19" name="U173, Citroen C4 2006, 1.6, бензин, МКПП" descr="U173, Citroen C4 2006, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="19" name="Y118, Chevrolet Lacetti 2010, 1.8, бензин, АКПП" descr="Y118, Chevrolet Lacetti 2010, 1.8, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId19"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>13</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="20" name="W237, Dodge Caliber 2009, 2.0, бензин, АКПП" descr="W237, Dodge Caliber 2009, 2.0, бензин, АКПП"/>
+        <xdr:cNvPr id="20" name="U173, Citroen C4 2006, 1.6, бензин, МКПП" descr="U173, Citroen C4 2006, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId20"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>14</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="21" name="Y132, Ford Fiesta 2006, 1.1, бензин, МКПП" descr="Y132, Ford Fiesta 2006, 1.1, бензин, МКПП"/>
+        <xdr:cNvPr id="21" name="W237, Dodge Caliber 2009, 2.0, бензин, АКПП" descr="W237, Dodge Caliber 2009, 2.0, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId21"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>15</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="22" name="W78, Ford Focus 2010, 1.6, бензин, МКПП" descr="W78, Ford Focus 2010, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="22" name="Y132, Ford Fiesta 2006, 1.1, бензин, МКПП" descr="Y132, Ford Fiesta 2006, 1.1, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId22"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>16</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="23" name="U152, Ford Focus 2009, 1.6, бензин, МКПП" descr="U152, Ford Focus 2009, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="23" name="W338, Ford Fiesta 2006, 1.4, бензин, МКПП" descr="W338, Ford Fiesta 2006, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId23"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>17</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="24" name="W291, Ford Focus 2011, 1.6, бензин, МКПП" descr="W291, Ford Focus 2011, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="24" name="Y148, Ford Fiesta 2006, 1.6, бензин, АКПП" descr="Y148, Ford Fiesta 2006, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId24"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>18</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="25" name="W208, Ford Fusion 2007, 1.4, бензин, МКПП" descr="W208, Ford Fusion 2007, 1.4, бензин, МКПП"/>
+        <xdr:cNvPr id="25" name="W329, Ford Focus 2010, 1.6, бензин, МКПП" descr="W329, Ford Focus 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId25"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>19</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="26" name="W233, Ford Fusion 2007, 1.4, бензин, МКПП" descr="W233, Ford Fusion 2007, 1.4, бензин, МКПП"/>
+        <xdr:cNvPr id="26" name="W78, Ford Focus 2010, 1.6, бензин, МКПП" descr="W78, Ford Focus 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId26"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>20</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="27" name="U126, Ford Fusion 2011, 1.4, бензин, МКПП" descr="U126, Ford Fusion 2011, 1.4, бензин, МКПП"/>
+        <xdr:cNvPr id="27" name="W340, Ford Focus 2009, 1.6, бензин, МКПП" descr="W340, Ford Focus 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId27"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>21</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="28" name="W221, Ford Mondeo 2005, 1.8, бензин, МКПП" descr="W221, Ford Mondeo 2005, 1.8, бензин, МКПП"/>
+        <xdr:cNvPr id="28" name="W291, Ford Focus 2011, 1.6, бензин, МКПП" descr="W291, Ford Focus 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId28"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>22</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="29" name="G989, Ford Mondeo 2005, 2.0, дизель, МКПП" descr="G989, Ford Mondeo 2005, 2.0, дизель, МКПП"/>
+        <xdr:cNvPr id="29" name="U236, Ford Fusion 2007, 1.4, бензин, МКПП" descr="U236, Ford Fusion 2007, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId29"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>23</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="30" name="Y135, Honda Civic 2008, 1.3, электро, АКПП" descr="Y135, Honda Civic 2008, 1.3, электро, АКПП"/>
+        <xdr:cNvPr id="30" name="Y144, Ford Fusion 2010, 1.6, бензин, АКПП" descr="Y144, Ford Fusion 2010, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId30"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>24</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="31" name="W294, Hyundai Getz 2008, 1.1, бензин, МКПП" descr="W294, Hyundai Getz 2008, 1.1, бензин, МКПП"/>
+        <xdr:cNvPr id="31" name="U126, Ford Fusion 2011, 1.4, бензин, МКПП" descr="U126, Ford Fusion 2011, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId31"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>25</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="32" name="Y111, Hyundai ix35 2013, 2.0, дизель, МКПП" descr="Y111, Hyundai ix35 2013, 2.0, дизель, МКПП"/>
+        <xdr:cNvPr id="32" name="U211, Ford Fusion 2011, 1.6, бензин, МКПП" descr="U211, Ford Fusion 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId32"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>26</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="33" name="N115, Mazda 3 2009, 1.6, бензин, МКПП" descr="N115, Mazda 3 2009, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="33" name="W337, Ford Fusion 2006, 1.6, бензин, АКПП" descr="W337, Ford Fusion 2006, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId33"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>27</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="34" name="W283, Mazda 3 2010, 1.6, бензин, МКПП" descr="W283, Mazda 3 2010, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="34" name="G989, Ford Mondeo 2005, 2.0, дизель, МКПП" descr="G989, Ford Mondeo 2005, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId34"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>28</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="35" name="N158, Mazda 3 2008, 1.6, бензин, МКПП" descr="N158, Mazda 3 2008, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="35" name="Y135, Honda Civic 2008, 1.3, электро, АКПП" descr="Y135, Honda Civic 2008, 1.3, электро, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId35"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>29</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="36" name="Y101, Mazda 3 2007, 2.3, бензин, МКПП" descr="Y101, Mazda 3 2007, 2.3, бензин, МКПП"/>
+        <xdr:cNvPr id="36" name="Y154, Honda Civic 2006, 1.3, гибрид, АКПП" descr="Y154, Honda Civic 2006, 1.3, гибрид, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId36"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>30</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="37" name="G903, Mazda 3 2010, 1.6, бензин, МКПП" descr="G903, Mazda 3 2010, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="37" name="W294, Hyundai Getz 2008, 1.1, бензин, МКПП" descr="W294, Hyundai Getz 2008, 1.1, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId37"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="38" name="G905, Mazda 3 2011, 1.6, бензин, МКПП" descr="G905, Mazda 3 2011, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="38" name="W320, Hyundai i30 2012, 1.4, бензин, МКПП" descr="W320, Hyundai i30 2012, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId38"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>32</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="39" name="Y114, Mazda 3 2006, 1.6, бензин, МКПП" descr="Y114, Mazda 3 2006, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="39" name="Y111, Hyundai ix35 2013, 2.0, дизель, МКПП" descr="Y111, Hyundai ix35 2013, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId39"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>33</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="40" name="N152, Mazda 6 2014, 2.2, дизель, МКПП" descr="N152, Mazda 6 2014, 2.2, дизель, МКПП"/>
+        <xdr:cNvPr id="40" name="W346, Kia Cerato 2005, 2.0, бензин, МКПП" descr="W346, Kia Cerato 2005, 2.0, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId40"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>34</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="41" name="Y123, Nissan Note 2006, 1.6, бензин, АКПП" descr="Y123, Nissan Note 2006, 1.6, бензин, АКПП"/>
+        <xdr:cNvPr id="41" name="U235, Land Rover Freelander 2011, 2.2, дизель, АКПП" descr="U235, Land Rover Freelander 2011, 2.2, дизель, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId41"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>35</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="885825" cy="666750"/>
-[...2 lines deleted...]
-        <xdr:cNvPr id="42" name="Y97, Nissan Note 2006, 1.6, бензин, МКПП" descr="Y97, Nissan Note 2006, 1.6, бензин, МКПП"/>
+    <xdr:ext cx="885825" cy="1552575"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="42" name="W358, Land Rover Freelander 2008, 2.2, дизель, МКПП" descr="W358, Land Rover Freelander 2008, 2.2, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId42"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>36</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="43" name="Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП" descr="Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="43" name="W283, Mazda 3 2010, 1.6, бензин, МКПП" descr="W283, Mazda 3 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId43"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>37</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="44" name="W243, Nissan Qashqai 2014, 1.1, бензин, МКПП" descr="W243, Nissan Qashqai 2014, 1.1, бензин, МКПП"/>
+        <xdr:cNvPr id="44" name="Y101, Mazda 3 2007, 2.3, бензин, МКПП" descr="Y101, Mazda 3 2007, 2.3, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId44"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>38</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="45" name="Y120, Suzuki Grand Vitara 2013, 2.4, бензин, МКПП" descr="Y120, Suzuki Grand Vitara 2013, 2.4, бензин, МКПП"/>
+        <xdr:cNvPr id="45" name="N115, Mazda 3 2009, 1.6, бензин, МКПП" descr="N115, Mazda 3 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId45"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>39</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="46" name="Y63, Toyota Auris 2007, 1.6, бензин, МКПП" descr="Y63, Toyota Auris 2007, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="46" name="N158, Mazda 3 2008, 1.6, бензин, МКПП" descr="N158, Mazda 3 2008, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId46"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>40</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="47" name="F933, Toyota Auris 2007, 1.6, бензин, МКПП" descr="F933, Toyota Auris 2007, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="47" name="G903, Mazda 3 2010, 1.6, бензин, МКПП" descr="G903, Mazda 3 2010, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId47"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>41</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="48" name="Y43, Toyota Celica 2002, 1.8, бензин, МКПП" descr="Y43, Toyota Celica 2002, 1.8, бензин, МКПП"/>
+        <xdr:cNvPr id="48" name="G905, Mazda 3 2011, 1.6, бензин, МКПП" descr="G905, Mazda 3 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId48"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>42</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="49" name="G943, Toyota RAV 4 2005, 2.0, бензин, МКПП" descr="G943, Toyota RAV 4 2005, 2.0, бензин, МКПП"/>
+        <xdr:cNvPr id="49" name="N152, Mazda 6 2014, 2.2, дизель, МКПП" descr="N152, Mazda 6 2014, 2.2, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId49"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>43</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="50" name="W305, Honda Civic 2007, 1.8, бензин, МКПП" descr="W305, Honda Civic 2007, 1.8, бензин, МКПП"/>
+        <xdr:cNvPr id="50" name="Y152, Mitsubishi Lancer 2005, 1.6, бензин, МКПП" descr="Y152, Mitsubishi Lancer 2005, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId50"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>44</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="51" name="Y73, Honda Civic 2007, 1.8, бензин, АКПП" descr="Y73, Honda Civic 2007, 1.8, бензин, АКПП"/>
+        <xdr:cNvPr id="51" name="Y123, Nissan Note 2006, 1.6, бензин, АКПП" descr="Y123, Nissan Note 2006, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId51"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="52" name="U237, Audi Q3 2017, 1.4, бензин, АКПП" descr="U237, Audi Q3 2017, 1.4, бензин, АКПП"/>
+        <xdr:cNvPr id="52" name="Y160, Nissan Note 2008, 1.4, бензин, МКПП" descr="Y160, Nissan Note 2008, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId52"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>46</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="53" name="U197, Ford Focus 2010, 1.6, бензин, МКПП" descr="U197, Ford Focus 2010, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="53" name="W330, Nissan Note 2013, 1.4, бензин, МКПП" descr="W330, Nissan Note 2013, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId53"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>47</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="54" name="U194, Chevrolet Cruze 2012, 1.8, бензин, АКПП" descr="U194, Chevrolet Cruze 2012, 1.8, бензин, АКПП"/>
+        <xdr:cNvPr id="54" name="W243, Nissan Qashqai 2014, 1.1, бензин, МКПП" descr="W243, Nissan Qashqai 2014, 1.1, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId54"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>48</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="55" name="Y148, Ford Fiesta 2006, 1.6, бензин, АКПП" descr="Y148, Ford Fiesta 2006, 1.6, бензин, АКПП"/>
+        <xdr:cNvPr id="55" name="Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП" descr="Y119, Nissan Qashqai 2007, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId55"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="56" name="W319, Ford Focus 2009, 1.6, бензин, МКПП" descr="W319, Ford Focus 2009, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="56" name="U244, Opel Astra 2015, 1.4, бензин, МКПП" descr="U244, Opel Astra 2015, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId56"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>50</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="57" name="W349, Ford Focus 2011, 1.6, бензин, МКПП" descr="W349, Ford Focus 2011, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="57" name="Y149, Suzuki Grand Vitara 2016, 1.6, бензин, МКПП" descr="Y149, Suzuki Grand Vitara 2016, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId57"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>51</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="58" name="W335, Ford Focus 2007, 1.6, бензин, МКПП" descr="W335, Ford Focus 2007, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="58" name="Y120, Suzuki Grand Vitara 2013, 2.4, бензин, МКПП" descr="Y120, Suzuki Grand Vitara 2013, 2.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId58"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>52</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="59" name="U196, Ford Focus 2006, 2.0, бензин, АКПП" descr="U196, Ford Focus 2006, 2.0, бензин, АКПП"/>
+        <xdr:cNvPr id="59" name="U247, Suzuki SX4 2015, 1.6, бензин, МКПП" descr="U247, Suzuki SX4 2015, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId59"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>53</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="60" name="U187, Ford Focus 2009, 1.6, бензин, МКПП" descr="U187, Ford Focus 2009, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="60" name="Y63, Toyota Auris 2007, 1.6, бензин, МКПП" descr="Y63, Toyota Auris 2007, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId60"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>54</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="61" name="W326, Ford Focus 2011, 1.6, бензин, МКПП" descr="W326, Ford Focus 2011, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="61" name="F933, Toyota Auris 2007, 1.6, бензин, МКПП" descr="F933, Toyota Auris 2007, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId61"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>55</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="62" name="W328, Ford Focus 2010, 1.6, бензин, МКПП" descr="W328, Ford Focus 2010, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="62" name="Y156, Toyota Auris 2008, 1.6, бензин, МКПП" descr="Y156, Toyota Auris 2008, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId62"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>56</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="63" name="W340, Ford Focus 2009, 1.6, бензин, МКПП" descr="W340, Ford Focus 2009, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="63" name="Y43, Toyota Celica 2002, 1.8, бензин, МКПП" descr="Y43, Toyota Celica 2002, 1.8, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId63"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>57</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="64" name="W329, Ford Focus 2010, 1.6, бензин, МКПП" descr="W329, Ford Focus 2010, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="64" name="G943, Toyota RAV 4 2005, 2.0, бензин, МКПП" descr="G943, Toyota RAV 4 2005, 2.0, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId64"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>58</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="65" name="Y140, Ford Fusion 2007, 1.4, бензин, МКПП" descr="Y140, Ford Fusion 2007, 1.4, бензин, МКПП"/>
+        <xdr:cNvPr id="65" name="U214, VW Phaeton 2011, 3.0, дизель, АКПП" descr="U214, VW Phaeton 2011, 3.0, дизель, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId65"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>59</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="66" name="Y144, Ford Fusion 2010, 1.6, бензин, АКПП" descr="Y144, Ford Fusion 2010, 1.6, бензин, АКПП"/>
+        <xdr:cNvPr id="66" name="U210, VW Tiguan 2013, 2.0, дизель, МКПП" descr="U210, VW Tiguan 2013, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId66"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>60</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="67" name="W337, Ford Fusion 2006, 1.6, бензин, АКПП" descr="W337, Ford Fusion 2006, 1.6, бензин, АКПП"/>
+        <xdr:cNvPr id="67" name="W318, VW Touareg 2004, 2.5, дизель, МКПП" descr="W318, VW Touareg 2004, 2.5, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId67"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>61</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="68" name="W323, Ford Kuga 2013, 2.0, дизель, МКПП" descr="W323, Ford Kuga 2013, 2.0, дизель, МКПП"/>
+        <xdr:cNvPr id="68" name="U234, VW Touareg 2009, 3.0, дизель, АКПП" descr="U234, VW Touareg 2009, 3.0, дизель, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId68"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>62</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="69" name="Y154, Honda Civic 2006, 1.3, гибрид, АКПП" descr="Y154, Honda Civic 2006, 1.3, гибрид, АКПП"/>
+        <xdr:cNvPr id="69" name="W363, Mitsubishi Lancer 2009, 1.5, бензин, МКПП" descr="W363, Mitsubishi Lancer 2009, 1.5, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId69"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>63</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="70" name="W320, Hyundai i30 2012, 1.4, бензин, МКПП" descr="W320, Hyundai i30 2012, 1.4, бензин, МКПП"/>
+        <xdr:cNvPr id="70" name="U237, Audi Q3 2017, 1.4, бензин, АКПП" descr="U237, Audi Q3 2017, 1.4, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId70"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>64</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="71" name="W346, Kia Cerato 2005, 2.0, бензин, МКПП" descr="W346, Kia Cerato 2005, 2.0, бензин, МКПП"/>
+        <xdr:cNvPr id="71" name="U208, Nissan Qashqai 2011, 1.6, бензин, МКПП" descr="U208, Nissan Qashqai 2011, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId71"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>65</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="72" name="W350, Kia Soul 2010, 1.6, бензин, МКПП" descr="W350, Kia Soul 2010, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="72" name="U203, Ssang Yong Korando 2011, 2.0, дизель, МКПП" descr="U203, Ssang Yong Korando 2011, 2.0, дизель, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId72"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>66</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="73" name="Y143, Kia Sportage 2012, 2.0, бензин, МКПП" descr="Y143, Kia Sportage 2012, 2.0, бензин, МКПП"/>
+        <xdr:cNvPr id="73" name="U202, Suzuki Jimny 2004, 1.3, бензин, МКПП" descr="U202, Suzuki Jimny 2004, 1.3, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId73"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>67</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
-    <xdr:ext cx="885825" cy="1552575"/>
-[...2 lines deleted...]
-        <xdr:cNvPr id="74" name="W358, Land Rover Freelander 2008, 2.2, дизель, МКПП" descr="W358, Land Rover Freelander 2008, 2.2, дизель, МКПП"/>
+    <xdr:ext cx="885825" cy="666750"/>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="74" name="U209, VW Touareg 2007, 3.0, дизель, АКПП" descr="U209, VW Touareg 2007, 3.0, дизель, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId74"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>68</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
@@ -3624,987 +3447,237 @@
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId75"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>69</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="76" name="U192, Mitsubishi ASX 2013, 1.6, бензин, МКПП" descr="U192, Mitsubishi ASX 2013, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="76" name="D893, Citroen C4 2005, 1.6, бензин, АКПП" descr="D893, Citroen C4 2005, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId76"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>70</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="77" name="Y152, Mitsubishi Lancer 2005, 1.6, бензин, МКПП" descr="Y152, Mitsubishi Lancer 2005, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="77" name="Y174, Ford Fusion 2008, 1.6, бензин, АКПП" descr="Y174, Ford Fusion 2008, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId77"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>71</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="78" name="W331, Nissan Juke 2011, 1.6, бензин, МКПП" descr="W331, Nissan Juke 2011, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="78" name="Y177, Ford Fusion 2009, 1.6, бензин, МКПП" descr="Y177, Ford Fusion 2009, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId78"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>72</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="79" name="Y160, Nissan Note 2008, 1.4, бензин, МКПП" descr="Y160, Nissan Note 2008, 1.4, бензин, МКПП"/>
+        <xdr:cNvPr id="79" name="U266, Mitsubishi Colt 2004, 1.5, бензин, МКПП" descr="U266, Mitsubishi Colt 2004, 1.5, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId79"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>73</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="80" name="W330, Nissan Note 2013, 1.4, бензин, МКПП" descr="W330, Nissan Note 2013, 1.4, бензин, МКПП"/>
+        <xdr:cNvPr id="80" name="Y168, Nissan Note 2008, 1.6, бензин, АКПП" descr="Y168, Nissan Note 2008, 1.6, бензин, АКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId80"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>74</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="81" name="W315, Nissan Qashqai 2015, 1.6, дизель, АКПП" descr="W315, Nissan Qashqai 2015, 1.6, дизель, АКПП"/>
+        <xdr:cNvPr id="81" name="U256, Suzuki SX4 2008, 1.6, бензин, МКПП" descr="U256, Suzuki SX4 2008, 1.6, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId81"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>75</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="885825" cy="666750"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="82" name="U208, Nissan Qashqai 2011, 1.6, бензин, МКПП" descr="U208, Nissan Qashqai 2011, 1.6, бензин, МКПП"/>
+        <xdr:cNvPr id="82" name="Y200, Skoda Octavia 2010, 1.4, бензин, МКПП" descr="Y200, Skoda Octavia 2010, 1.4, бензин, МКПП"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId82"/>
-        <a:stretch>
-[...748 lines deleted...]
-        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId107"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm rot="0"/>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
@@ -4863,63 +3936,63 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pezhon.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/47462094/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/bmw/1-series/1-series-f20f21-2011/n92-bmw-1-series-2014-16-benzin-mkpp12062024-01065656/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52061105/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/aveo/aveo-t250-2005-2011/y31-chevrolet-aveo-2010-11-benzin-mkpp06052025-03054848/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68106445/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/lacetti/lacetti-2003/y118-chevrolet-lacetti-2010-18-benzin-akpp28082025-12080707/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67573085/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/citroen/c4/c4-2005-2011/u173-citroen-c4-2006-16-benzin-mkpp27082025-10082727/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56610975/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/dodge/caliber/caliber-2006-2011/w237-dodge-caliber-2009-20-benzin-akpp02062025-07065656/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80005615/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fiesta/fiesta-2001-2007/y132-ford-fiesta-2006-11-benzin-mkpp24092025-09092525/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/69545474/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/g909-ford-focus-2010-16-benzin-mkpp03102024-10103737/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63794805/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u152-ford-focus-2009-16-benzin-mkpp30072025-05070101/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67167635/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w291-ford-focus-2011-16-benzin-mkpp15082025-01081717/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/50281235/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w208-ford-fusion-2007-14-benzin-mkpp22042025-11043232/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52064295/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w233-ford-fusion-2007-14-benzin-mkpp26052025-10053333/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/59074245/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u126-ford-fusion-2011-14-benzin-mkpp20062025-12063333/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52266175/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/mondeo/mondeo-iii-2000-2007/w221-ford-mondeo-2005-18-benzin-mkpp07052025-01051515/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/77079114/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/mondeo/mondeo-iii-2000-2007/g989-ford-mondeo-2005-20-dizel-mkpp02122024-04120606/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80228995/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y135-honda-civic-2008-13-elektro-akpp05102025-10105757/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65110445/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/getz/getz-2002-2010/w294-hyundai-getz-2008-11-benzin-mkpp20082025-11082424/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66972085/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/ix35tucson/ix35tucson-2010-2015/y111-hyundai-ix35-2013-20-dizel-mkpp15082025-09082727/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/58194194/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/n115-mazda-3-2009-16-benzin-mkpp18072024-09073333/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63614735/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/w283-mazda-3-2010-16-benzin-mkpp30072025-11072929/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70218354/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/n158-mazda-3-2008-16-benzin-mkpp22092024-09093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64919355/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/y101-mazda-3-2007-23-benzin-mkpp12082025-07081111/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70550524/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/g903-mazda-3-2010-16-benzin-mkpp26092024-11093030/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70194884/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/g905-mazda-3-2011-16-benzin-mkpp26092024-12095252/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65867705/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/y114-mazda-3-2006-16-benzin-mkpp20082025-11081010/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66644874/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-6/mazda-6-gj-2013/n152-mazda-6-2014-22-dizel-mkpp11092024-01091010/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66974305/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y123-nissan-note-2006-16-benzin-akpp13092025-12093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65299705/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y97-nissan-note-2006-16-benzin-mkpp04082025-01082323/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63885435/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/y119-nissan-qashqai-2007-16-benzin-mkpp28082025-12081515/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56820805/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j11-2014/w243-nissan-qashqai-2014-11-benzin-mkpp05062025-11065353/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67884555/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/grand-vitara/grand-vitara-2006/y120-suzuki-grand-vitara-2013-24-benzin-mkpp28082025-12080303/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/55723495/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e15-2006-2012/y63-toyota-auris-2007-16-benzin-mkpp19062025-11064444/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/82726584/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e18-2012/f933-toyota-auris-2007-16-benzin-mkpp17122024-12123333/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56124625/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/celica/celica-zt23-1999-2005/y43-toyota-celica-2002-18-benzin-mkpp22052025-12054848/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/74409154/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/rav-4/rav-4-2000-2005/g943-toyota-rav-4-2005-20-benzin-mkpp24102024-11102323/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68302815/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/w305-honda-civic-2007-18-benzin-mkpp28082025-09084848/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/60016715/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y73-honda-civic-2007-18-benzin-akpp25062025-02064545/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86659345/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/audi/q3/q3-2012/u237-audi-q3-2017-14-benzin-akpp16112025-10111515/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68410125/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u197-ford-focus-2010-16-benzin-mkpp24092025-09091515/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64386175/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/cruze/cruze-2009/u194-chevrolet-cruze-2012-18-benzin-akpp24092025-10090808/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83897015/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fiesta/fiesta-2001-2007/y148-ford-fiesta-2006-16-benzin-akpp23102025-07105757/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71328775/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w319-ford-focus-2009-16-benzin-mkpp23092025-09090101/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86197995/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-iii-2011/w349-ford-focus-2011-16-benzin-mkpp04112025-06111515/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81046735/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/w335-ford-focus-2007-16-benzin-mkpp10102025-05102828/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70250815/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2005-2008/u196-ford-focus-2006-20-benzin-akpp24092025-10090000/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67729875/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/u187-ford-focus-2009-16-benzin-mkpp08092025-06092929/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67161565/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w326-ford-focus-2011-16-benzin-mkpp01102025-01103636/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70640885/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w328-ford-focus-2010-16-benzin-mkpp01102025-11105555/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83963865/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w340-ford-focus-2009-16-benzin-mkpp17102025-11102525/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71382105/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w329-ford-focus-2010-16-benzin-mkpp01102025-11104646/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80976065/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y140-ford-fusion-2007-14-benzin-mkpp11102025-01105656/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80489475/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y144-ford-fusion-2010-16-benzin-akpp15102025-10100404/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71376225/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w337-ford-fusion-2006-16-benzin-akpp16102025-02100909/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71145345/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/kuga/kuga-2012/w323-ford-kuga-2013-20-dizel-mkpp24092025-09092020/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85296345/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y154-honda-civic-2006-13-gibrid-akpp04112025-07113232/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71191035/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/i30/i30-2007-2012/w320-hyundai-i30-2012-14-benzin-mkpp23092025-09093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83953255/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/cerato/cerato-2004-2008/w346-kia-cerato-2005-20-benzin-mkpp31102025-11101212/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80932075/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/soul/soul-2009-2014/w350-kia-soul-2010-16-benzin-mkpp07112025-11111919/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66264165/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/sportage/sportage-2010-2015/y143-kia-sportage-2012-20-benzin-mkpp11102025-01105959/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/land-rover/freelander/freelander-2-2007/w358-land-rover-freelander-2008-22-dizel-mkpp20112025-09115757/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70244285/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/cx-5/cx-5-2012/u185-mazda-cx-5-2014-22-dizel-mkpp08092025-05090202/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66098975/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/asx/asx-2010/u192-mitsubishi-asx-2013-16-benzin-mkpp16092025-06090404/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84600585/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/lancer/lancer-csclassic-2003-2006/y152-mitsubishi-lancer-2005-16-benzin-mkpp31102025-11100707/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71911585/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/juke/juke-f15-2011/w331-nissan-juke-2011-16-benzin-mkpp01102025-11101616/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86246355/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y160-nissan-note-2008-14-benzin-mkpp11112025-08114242/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80042625/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/w330-nissan-note-2013-14-benzin-mkpp01102025-11103838/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/69224845/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j11-2014/w315-nissan-qashqai-2015-16-dizel-akpp16092025-06093434/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70418835/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/u208-nissan-qashqai-2011-16-benzin-mkpp09102025-11100000/" TargetMode="External"/><Relationship Id="rId_hyperlink_135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84439275/" TargetMode="External"/><Relationship Id="rId_hyperlink_136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/w342-nissan-qashqai-2011-16-benzin-mkpp17102025-10101616/" TargetMode="External"/><Relationship Id="rId_hyperlink_137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81173565/" TargetMode="External"/><Relationship Id="rId_hyperlink_138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ssang-yong/korando/korando-kj-1996/u203-ssang-yong-korando-2011-20-dizel-mkpp05102025-01103737/" TargetMode="External"/><Relationship Id="rId_hyperlink_139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84158435/" TargetMode="External"/><Relationship Id="rId_hyperlink_140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/grand-vitara/grand-vitara-2006/y149-suzuki-grand-vitara-2016-16-benzin-mkpp29102025-03102222/" TargetMode="External"/><Relationship Id="rId_hyperlink_141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80448045/" TargetMode="External"/><Relationship Id="rId_hyperlink_142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/jimny/jimny-jlx-1998-2005/u202-suzuki-jimny-2004-13-benzin-mkpp05102025-01102424/" TargetMode="External"/><Relationship Id="rId_hyperlink_143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85083765/" TargetMode="External"/><Relationship Id="rId_hyperlink_144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e15-2006-2012/y156-toyota-auris-2008-16-benzin-mkpp07112025-12115858/" TargetMode="External"/><Relationship Id="rId_hyperlink_145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85057985/" TargetMode="External"/><Relationship Id="rId_hyperlink_146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/volvo/s40/s40-2004-2012/y159-volvo-s40-2010-16-benzin-mkpp11112025-07113030/" TargetMode="External"/><Relationship Id="rId_hyperlink_147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83927025/" TargetMode="External"/><Relationship Id="rId_hyperlink_148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/tiguan/tiguan-2007-2011/w336-vw-tiguan-2009-20-dizel-mkpp10102025-05102222/" TargetMode="External"/><Relationship Id="rId_hyperlink_149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71964855/" TargetMode="External"/><Relationship Id="rId_hyperlink_150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/w318-vw-touareg-2004-25-dizel-mkpp18092025-10090000/" TargetMode="External"/><Relationship Id="rId_hyperlink_151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83892175/" TargetMode="External"/><Relationship Id="rId_hyperlink_152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/u209-vw-touareg-2007-30-dizel-akpp11102025-02101313/" TargetMode="External"/><Relationship Id="rId_hyperlink_153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/90782085/" TargetMode="External"/><Relationship Id="rId_hyperlink_154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y174-ford-fusion-2008-16-benzin-akpp05122025-12122222/" TargetMode="External"/><Relationship Id="rId_hyperlink_155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85826725/" TargetMode="External"/><Relationship Id="rId_hyperlink_156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/audi/q3/q3-2012/u222-audi-q3-2013-20-dizel-mkpp04112025-07112424/" TargetMode="External"/><Relationship Id="rId_hyperlink_157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/220681.258492/" TargetMode="External"/><Relationship Id="rId_hyperlink_158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/citroen/c4/c4-2005-2011/d893-citroen-c4-2005-16-benzin-akpp02022022-08023333/" TargetMode="External"/><Relationship Id="rId_hyperlink_159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/93804165/" TargetMode="External"/><Relationship Id="rId_hyperlink_160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w370-ford-focus-2009-16-benzin-mkpp10122025-01121212/" TargetMode="External"/><Relationship Id="rId_hyperlink_161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70618685/" TargetMode="External"/><Relationship Id="rId_hyperlink_162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-iii-2011/y125-ford-focus-2012-16-benzin-akpp13092025-12095252/" TargetMode="External"/><Relationship Id="rId_hyperlink_163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70614155/" TargetMode="External"/><Relationship Id="rId_hyperlink_164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-iii-2011/u216-ford-focus-2014-16-benzin-mkpp17102025-12103838/" TargetMode="External"/><Relationship Id="rId_hyperlink_165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83920695/" TargetMode="External"/><Relationship Id="rId_hyperlink_166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u236-ford-fusion-2007-14-benzin-mkpp16112025-10110909/" TargetMode="External"/><Relationship Id="rId_hyperlink_167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/92025425/" TargetMode="External"/><Relationship Id="rId_hyperlink_168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y177-ford-fusion-2009-16-benzin-mkpp11122025-05125252/" TargetMode="External"/><Relationship Id="rId_hyperlink_169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81015375/" TargetMode="External"/><Relationship Id="rId_hyperlink_170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w325-ford-fusion-2011-16-benzin-mkpp01102025-01104444/" TargetMode="External"/><Relationship Id="rId_hyperlink_171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86763715/" TargetMode="External"/><Relationship Id="rId_hyperlink_172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/land-rover/freelander/freelander-2-2007/u235-land-rover-freelander-2011-22-dizel-akpp11112025-07114747/" TargetMode="External"/><Relationship Id="rId_hyperlink_173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/87355255/" TargetMode="External"/><Relationship Id="rId_hyperlink_174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/lancer/lancer-cxcy-2007/w363-mitsubishi-lancer-2009-15-benzin-mkpp26112025-12112323/" TargetMode="External"/><Relationship Id="rId_hyperlink_175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/89661575/" TargetMode="External"/><Relationship Id="rId_hyperlink_176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y168-nissan-note-2008-16-benzin-akpp26112025-12111212/" TargetMode="External"/><Relationship Id="rId_hyperlink_177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80987885/" TargetMode="External"/><Relationship Id="rId_hyperlink_178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/sx4/sx4-2013/u247-suzuki-sx4-2015-16-benzin-mkpp26112025-12110202/" TargetMode="External"/><Relationship Id="rId_hyperlink_179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84390325/" TargetMode="External"/><Relationship Id="rId_hyperlink_180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/phaeton/phaeton-2002/u214-vw-phaeton-2011-30-dizel-akpp16102025-01105858/" TargetMode="External"/><Relationship Id="rId_hyperlink_181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71143165/" TargetMode="External"/><Relationship Id="rId_hyperlink_182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/tiguan/tiguan-2011/u210-vw-tiguan-2013-20-dizel-mkpp11102025-02103131/" TargetMode="External"/><Relationship Id="rId_hyperlink_183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/87404505/" TargetMode="External"/><Relationship Id="rId_hyperlink_184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/u234-vw-touareg-2009-30-dizel-akpp11112025-06111010/" TargetMode="External"/><Relationship Id="rId2ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.pezhon.ru/" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85826725/" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/audi/q3/q3-2012/u222-audi-q3-2013-20-dizel-mkpp04112025-07112424/" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/47462094/" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/bmw/1-series/1-series-f20f21-2011/n92-bmw-1-series-2014-16-benzin-mkpp12062024-01065656/" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/52061105/" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/aveo/aveo-t250-2005-2011/y31-chevrolet-aveo-2010-11-benzin-mkpp06052025-03054848/" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/68106445/" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/chevrolet/lacetti/lacetti-2003/y118-chevrolet-lacetti-2010-18-benzin-akpp28082025-12080707/" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67573085/" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/citroen/c4/c4-2005-2011/u173-citroen-c4-2006-16-benzin-mkpp27082025-10082727/" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56610975/" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/dodge/caliber/caliber-2006-2011/w237-dodge-caliber-2009-20-benzin-akpp02062025-07065656/" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80005615/" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fiesta/fiesta-2001-2007/y132-ford-fiesta-2006-11-benzin-mkpp24092025-09092525/" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/69359875/" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fiesta/fiesta-2001-2007/w338-ford-fiesta-2006-14-benzin-mkpp17102025-11105151/" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83897015/" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fiesta/fiesta-2001-2007/y148-ford-fiesta-2006-16-benzin-akpp23102025-07105757/" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71382105/" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w329-ford-focus-2010-16-benzin-mkpp01102025-11104646/" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/69545474/" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/g909-ford-focus-2010-16-benzin-mkpp03102024-10103737/" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83963865/" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w340-ford-focus-2009-16-benzin-mkpp17102025-11102525/" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67167635/" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/focus/focus-ii-2008-2011/w291-ford-focus-2011-16-benzin-mkpp15082025-01081717/" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83920695/" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u236-ford-fusion-2007-14-benzin-mkpp16112025-10110909/" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80489475/" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y144-ford-fusion-2010-16-benzin-akpp15102025-10100404/" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/59074245/" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/u126-ford-fusion-2011-14-benzin-mkpp20062025-12063333/" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81015375/" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w325-ford-fusion-2011-16-benzin-mkpp01102025-01104444/" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71376225/" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/w337-ford-fusion-2006-16-benzin-akpp16102025-02100909/" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/77079114/" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/mondeo/mondeo-iii-2000-2007/g989-ford-mondeo-2005-20-dizel-mkpp02122024-04120606/" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80228995/" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y135-honda-civic-2008-13-elektro-akpp05102025-10105757/" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85296345/" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/honda/civic/civic-4d-2006-2012/y154-honda-civic-2006-13-gibrid-akpp04112025-07113232/" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/65110445/" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/getz/getz-2002-2010/w294-hyundai-getz-2008-11-benzin-mkpp20082025-11082424/" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71191035/" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/i30/i30-2007-2012/w320-hyundai-i30-2012-14-benzin-mkpp23092025-09093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66972085/" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/hyundai/ix35tucson/ix35tucson-2010-2015/y111-hyundai-ix35-2013-20-dizel-mkpp15082025-09082727/" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83953255/" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/kia/cerato/cerato-2004-2008/w346-kia-cerato-2005-20-benzin-mkpp31102025-11101212/" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86763715/" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/land-rover/freelander/freelander-2-2007/u235-land-rover-freelander-2011-22-dizel-akpp11112025-07114747/" TargetMode="External"/><Relationship Id="rId_hyperlink_54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/land-rover/freelander/freelander-2-2007/w358-land-rover-freelander-2008-22-dizel-mkpp20112025-09115757/" TargetMode="External"/><Relationship Id="rId_hyperlink_55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63614735/" TargetMode="External"/><Relationship Id="rId_hyperlink_56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/w283-mazda-3-2010-16-benzin-mkpp30072025-11072929/" TargetMode="External"/><Relationship Id="rId_hyperlink_57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/64919355/" TargetMode="External"/><Relationship Id="rId_hyperlink_58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/y101-mazda-3-2007-23-benzin-mkpp12082025-07081111/" TargetMode="External"/><Relationship Id="rId_hyperlink_59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/58194194/" TargetMode="External"/><Relationship Id="rId_hyperlink_60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/n115-mazda-3-2009-16-benzin-mkpp18072024-09073333/" TargetMode="External"/><Relationship Id="rId_hyperlink_61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70218354/" TargetMode="External"/><Relationship Id="rId_hyperlink_62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bk-2002-2009/n158-mazda-3-2008-16-benzin-mkpp22092024-09093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70550524/" TargetMode="External"/><Relationship Id="rId_hyperlink_64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/g903-mazda-3-2010-16-benzin-mkpp26092024-11093030/" TargetMode="External"/><Relationship Id="rId_hyperlink_65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70194884/" TargetMode="External"/><Relationship Id="rId_hyperlink_66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-3/mazda-3-bl-2009-2013/g905-mazda-3-2011-16-benzin-mkpp26092024-12095252/" TargetMode="External"/><Relationship Id="rId_hyperlink_67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66644874/" TargetMode="External"/><Relationship Id="rId_hyperlink_68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/mazda-6/mazda-6-gj-2013/n152-mazda-6-2014-22-dizel-mkpp11092024-01091010/" TargetMode="External"/><Relationship Id="rId_hyperlink_69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84600585/" TargetMode="External"/><Relationship Id="rId_hyperlink_70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/lancer/lancer-csclassic-2003-2006/y152-mitsubishi-lancer-2005-16-benzin-mkpp31102025-11100707/" TargetMode="External"/><Relationship Id="rId_hyperlink_71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/66974305/" TargetMode="External"/><Relationship Id="rId_hyperlink_72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y123-nissan-note-2006-16-benzin-akpp13092025-12093737/" TargetMode="External"/><Relationship Id="rId_hyperlink_73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86246355/" TargetMode="External"/><Relationship Id="rId_hyperlink_74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y160-nissan-note-2008-14-benzin-mkpp11112025-08114242/" TargetMode="External"/><Relationship Id="rId_hyperlink_75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80042625/" TargetMode="External"/><Relationship Id="rId_hyperlink_76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/w330-nissan-note-2013-14-benzin-mkpp01102025-11103838/" TargetMode="External"/><Relationship Id="rId_hyperlink_77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56820805/" TargetMode="External"/><Relationship Id="rId_hyperlink_78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j11-2014/w243-nissan-qashqai-2014-11-benzin-mkpp05062025-11065353/" TargetMode="External"/><Relationship Id="rId_hyperlink_79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/63885435/" TargetMode="External"/><Relationship Id="rId_hyperlink_80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/y119-nissan-qashqai-2007-16-benzin-mkpp28082025-12081515/" TargetMode="External"/><Relationship Id="rId_hyperlink_81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/92006485/" TargetMode="External"/><Relationship Id="rId_hyperlink_82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/opel/astra/astra-j-2010/u244-opel-astra-2015-14-benzin-mkpp24112025-07113636/" TargetMode="External"/><Relationship Id="rId_hyperlink_83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84158435/" TargetMode="External"/><Relationship Id="rId_hyperlink_84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/grand-vitara/grand-vitara-2006/y149-suzuki-grand-vitara-2016-16-benzin-mkpp29102025-03102222/" TargetMode="External"/><Relationship Id="rId_hyperlink_85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/67884555/" TargetMode="External"/><Relationship Id="rId_hyperlink_86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/grand-vitara/grand-vitara-2006/y120-suzuki-grand-vitara-2013-24-benzin-mkpp28082025-12080303/" TargetMode="External"/><Relationship Id="rId_hyperlink_87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80987885/" TargetMode="External"/><Relationship Id="rId_hyperlink_88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/sx4/sx4-2013/u247-suzuki-sx4-2015-16-benzin-mkpp26112025-12110202/" TargetMode="External"/><Relationship Id="rId_hyperlink_89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/55723495/" TargetMode="External"/><Relationship Id="rId_hyperlink_90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e15-2006-2012/y63-toyota-auris-2007-16-benzin-mkpp19062025-11064444/" TargetMode="External"/><Relationship Id="rId_hyperlink_91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/82726584/" TargetMode="External"/><Relationship Id="rId_hyperlink_92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e18-2012/f933-toyota-auris-2007-16-benzin-mkpp17122024-12123333/" TargetMode="External"/><Relationship Id="rId_hyperlink_93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/85083765/" TargetMode="External"/><Relationship Id="rId_hyperlink_94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/auris/auris-e15-2006-2012/y156-toyota-auris-2008-16-benzin-mkpp07112025-12115858/" TargetMode="External"/><Relationship Id="rId_hyperlink_95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/56124625/" TargetMode="External"/><Relationship Id="rId_hyperlink_96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/celica/celica-zt23-1999-2005/y43-toyota-celica-2002-18-benzin-mkpp22052025-12054848/" TargetMode="External"/><Relationship Id="rId_hyperlink_97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/74409154/" TargetMode="External"/><Relationship Id="rId_hyperlink_98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/toyota/rav-4/rav-4-2000-2005/g943-toyota-rav-4-2005-20-benzin-mkpp24102024-11102323/" TargetMode="External"/><Relationship Id="rId_hyperlink_99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/84390325/" TargetMode="External"/><Relationship Id="rId_hyperlink_100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/phaeton/phaeton-2002/u214-vw-phaeton-2011-30-dizel-akpp16102025-01105858/" TargetMode="External"/><Relationship Id="rId_hyperlink_101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71143165/" TargetMode="External"/><Relationship Id="rId_hyperlink_102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/tiguan/tiguan-2011/u210-vw-tiguan-2013-20-dizel-mkpp11102025-02103131/" TargetMode="External"/><Relationship Id="rId_hyperlink_103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/71964855/" TargetMode="External"/><Relationship Id="rId_hyperlink_104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/w318-vw-touareg-2004-25-dizel-mkpp18092025-10090000/" TargetMode="External"/><Relationship Id="rId_hyperlink_105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/87404505/" TargetMode="External"/><Relationship Id="rId_hyperlink_106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/u234-vw-touareg-2009-30-dizel-akpp11112025-06111010/" TargetMode="External"/><Relationship Id="rId_hyperlink_107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/87355255/" TargetMode="External"/><Relationship Id="rId_hyperlink_108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/lancer/lancer-cxcy-2007/w363-mitsubishi-lancer-2009-15-benzin-mkpp26112025-12112323/" TargetMode="External"/><Relationship Id="rId_hyperlink_109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/86659345/" TargetMode="External"/><Relationship Id="rId_hyperlink_110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/audi/q3/q3-2012/u237-audi-q3-2017-14-benzin-akpp16112025-10111515/" TargetMode="External"/><Relationship Id="rId_hyperlink_111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70418835/" TargetMode="External"/><Relationship Id="rId_hyperlink_112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/qashqai/qashqa-j10-2006-2014/u208-nissan-qashqai-2011-16-benzin-mkpp09102025-11100000/" TargetMode="External"/><Relationship Id="rId_hyperlink_113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/81173565/" TargetMode="External"/><Relationship Id="rId_hyperlink_114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ssang-yong/korando/korando-kj-1996/u203-ssang-yong-korando-2011-20-dizel-mkpp05102025-01103737/" TargetMode="External"/><Relationship Id="rId_hyperlink_115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/80448045/" TargetMode="External"/><Relationship Id="rId_hyperlink_116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/jimny/jimny-jlx-1998-2005/u202-suzuki-jimny-2004-13-benzin-mkpp05102025-01102424/" TargetMode="External"/><Relationship Id="rId_hyperlink_117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/83892175/" TargetMode="External"/><Relationship Id="rId_hyperlink_118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/vw/touareg/touareg-2002-2010/u209-vw-touareg-2007-30-dizel-akpp11102025-02101313/" TargetMode="External"/><Relationship Id="rId_hyperlink_119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/70244285/" TargetMode="External"/><Relationship Id="rId_hyperlink_120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mazda/cx-5/cx-5-2012/u185-mazda-cx-5-2014-22-dizel-mkpp08092025-05090202/" TargetMode="External"/><Relationship Id="rId_hyperlink_121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/220681.258492/" TargetMode="External"/><Relationship Id="rId_hyperlink_122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/citroen/c4/c4-2005-2011/d893-citroen-c4-2005-16-benzin-akpp02022022-08023333/" TargetMode="External"/><Relationship Id="rId_hyperlink_123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/90782085/" TargetMode="External"/><Relationship Id="rId_hyperlink_124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y174-ford-fusion-2008-16-benzin-akpp05122025-12122222/" TargetMode="External"/><Relationship Id="rId_hyperlink_125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/92025425/" TargetMode="External"/><Relationship Id="rId_hyperlink_126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/ford/fusion/fusion-2002/y177-ford-fusion-2009-16-benzin-mkpp11122025-05125252/" TargetMode="External"/><Relationship Id="rId_hyperlink_127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/51570115/" TargetMode="External"/><Relationship Id="rId_hyperlink_128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/mitsubishi/colt/colt-cj-1996-2004/u266-mitsubishi-colt-2004-15-benzin-mkpp01012026-09012828/" TargetMode="External"/><Relationship Id="rId_hyperlink_129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/89661575/" TargetMode="External"/><Relationship Id="rId_hyperlink_130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/nissan/note/note-e11-2006-2013/y168-nissan-note-2008-16-benzin-akpp26112025-12111212/" TargetMode="External"/><Relationship Id="rId_hyperlink_131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/90007275/" TargetMode="External"/><Relationship Id="rId_hyperlink_132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/suzuki/sx4/sx4-2006-2013/u256-suzuki-sx4-2008-16-benzin-mkpp18122025-12120000/" TargetMode="External"/><Relationship Id="rId_hyperlink_133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.copart.co.uk/lot/73956975/" TargetMode="External"/><Relationship Id="rId_hyperlink_134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pezhon.ru/cars-in-the-analysis/sets/skoda/octavia/octavia-a5-1z-2004-2013/y200-skoda-octavia-2010-14-benzin-mkpp18022026-04023333/" TargetMode="External"/><Relationship Id="rId2ps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="0" summaryRight="0"/>
   </sheetPr>
-  <dimension ref="A1:K101"/>
+  <dimension ref="A1:K76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <pane ySplit="9" topLeftCell="A10" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="H101" sqref="H101"/>
+      <selection pane="bottomLeft" activeCell="H76" sqref="H76"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.85546875" customWidth="true" style="0"/>
     <col min="3" max="3" width="1.42578125" hidden="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="0" customWidth="true" style="0"/>
     <col min="5" max="5" width="15" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.42578125" customWidth="true" style="0"/>
     <col min="7" max="7" width="10" customWidth="true" style="0"/>
     <col min="8" max="8" width="17.140625" customWidth="true" style="0"/>
     <col min="9" max="9" width="9.7109375" customWidth="true" style="0"/>
     <col min="10" max="10" width="14.28515625" customWidth="true" style="0"/>
     <col min="11" max="11" width="14.28515625" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" customHeight="1" ht="22.5">
       <c r="A1" s="19" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="20"/>
       <c r="C1" s="20"/>
       <c r="D1" s="26" t="s">
         <v>1</v>
@@ -5067,2439 +4140,1787 @@
       <c r="E9" s="3" t="s">
         <v>21</v>
       </c>
       <c r="F9" s="3" t="s">
         <v>22</v>
       </c>
       <c r="G9" s="3" t="s">
         <v>23</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>24</v>
       </c>
       <c r="I9" s="4" t="s">
         <v>25</v>
       </c>
       <c r="J9" s="10" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:11" customHeight="1" ht="56">
       <c r="A10" s="2">
         <v>1</v>
       </c>
       <c r="B10" s="2"/>
       <c r="C10" s="33">
-        <v>47462094</v>
+        <v>85826725</v>
       </c>
       <c r="D10" s="7"/>
       <c r="E10" s="2" t="s">
         <v>27</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>28</v>
       </c>
       <c r="G10" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H10" s="35" t="s">
         <v>30</v>
       </c>
       <c r="I10" s="2" t="s">
         <v>31</v>
       </c>
       <c r="J10" s="2"/>
     </row>
     <row r="11" spans="1:11" customHeight="1" ht="56">
       <c r="A11" s="2">
         <v>2</v>
       </c>
       <c r="B11" s="2"/>
       <c r="C11" s="33">
-        <v>52061105</v>
+        <v>47462094</v>
       </c>
       <c r="D11" s="2"/>
       <c r="E11" s="2" t="s">
         <v>32</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>33</v>
       </c>
       <c r="G11" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H11" s="35" t="s">
         <v>34</v>
       </c>
       <c r="I11" s="2" t="s">
         <v>35</v>
       </c>
       <c r="J11" s="36"/>
     </row>
     <row r="12" spans="1:11" customHeight="1" ht="56">
       <c r="A12" s="2">
         <v>3</v>
       </c>
       <c r="B12" s="2"/>
       <c r="C12" s="33">
-        <v>68106445</v>
+        <v>52061105</v>
       </c>
       <c r="D12" s="2"/>
       <c r="E12" s="2" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="G12" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H12" s="35" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I12" s="2" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J12" s="36"/>
     </row>
     <row r="13" spans="1:11" customHeight="1" ht="56">
       <c r="A13" s="2">
         <v>4</v>
       </c>
       <c r="B13" s="2"/>
       <c r="C13" s="33">
-        <v>67573085</v>
+        <v>68106445</v>
       </c>
       <c r="D13" s="2"/>
       <c r="E13" s="2" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G13" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H13" s="35" t="s">
         <v>41</v>
       </c>
       <c r="I13" s="2" t="s">
         <v>42</v>
       </c>
       <c r="J13" s="36"/>
     </row>
     <row r="14" spans="1:11" customHeight="1" ht="56">
       <c r="A14" s="2">
         <v>5</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="33">
-        <v>56610975</v>
+        <v>67573085</v>
       </c>
       <c r="D14" s="2"/>
       <c r="E14" s="2" t="s">
         <v>43</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G14" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H14" s="35" t="s">
         <v>45</v>
       </c>
       <c r="I14" s="2" t="s">
         <v>46</v>
       </c>
       <c r="J14" s="36"/>
     </row>
     <row r="15" spans="1:11" customHeight="1" ht="56">
       <c r="A15" s="2">
         <v>6</v>
       </c>
       <c r="B15" s="2"/>
       <c r="C15" s="33">
-        <v>80005615</v>
+        <v>56610975</v>
       </c>
       <c r="D15" s="2"/>
       <c r="E15" s="2" t="s">
         <v>47</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>48</v>
       </c>
       <c r="G15" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H15" s="35" t="s">
         <v>49</v>
       </c>
       <c r="I15" s="2" t="s">
         <v>50</v>
       </c>
       <c r="J15" s="36"/>
     </row>
     <row r="16" spans="1:11" customHeight="1" ht="56">
       <c r="A16" s="2">
         <v>7</v>
       </c>
       <c r="B16" s="2"/>
       <c r="C16" s="33">
-        <v>69545474</v>
+        <v>80005615</v>
       </c>
       <c r="D16" s="2"/>
       <c r="E16" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G16" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H16" s="35" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I16" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J16" s="36"/>
     </row>
     <row r="17" spans="1:11" customHeight="1" ht="56">
       <c r="A17" s="2">
         <v>8</v>
       </c>
       <c r="B17" s="2"/>
       <c r="C17" s="33">
-        <v>63794805</v>
+        <v>69359875</v>
       </c>
       <c r="D17" s="2"/>
       <c r="E17" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G17" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H17" s="35" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="I17" s="2" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="J17" s="36"/>
     </row>
     <row r="18" spans="1:11" customHeight="1" ht="56">
       <c r="A18" s="2">
         <v>9</v>
       </c>
       <c r="B18" s="2"/>
       <c r="C18" s="33">
-        <v>67167635</v>
+        <v>83897015</v>
       </c>
       <c r="D18" s="2"/>
       <c r="E18" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F18" s="2" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="G18" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H18" s="35" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I18" s="2" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J18" s="36"/>
     </row>
     <row r="19" spans="1:11" customHeight="1" ht="56">
       <c r="A19" s="2">
         <v>10</v>
       </c>
       <c r="B19" s="2"/>
       <c r="C19" s="33">
-        <v>50281235</v>
+        <v>71382105</v>
       </c>
       <c r="D19" s="2"/>
       <c r="E19" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G19" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H19" s="35" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I19" s="2" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="J19" s="37" t="s">
         <v>61</v>
       </c>
+      <c r="J19" s="36"/>
     </row>
     <row r="20" spans="1:11" customHeight="1" ht="56">
       <c r="A20" s="2">
         <v>11</v>
       </c>
       <c r="B20" s="2"/>
       <c r="C20" s="33">
-        <v>52064295</v>
+        <v>69545474</v>
       </c>
       <c r="D20" s="2"/>
       <c r="E20" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G20" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H20" s="35" t="s">
         <v>62</v>
       </c>
       <c r="I20" s="2" t="s">
         <v>63</v>
       </c>
       <c r="J20" s="36"/>
     </row>
     <row r="21" spans="1:11" customHeight="1" ht="56">
       <c r="A21" s="2">
         <v>12</v>
       </c>
       <c r="B21" s="2"/>
       <c r="C21" s="33">
-        <v>59074245</v>
+        <v>83963865</v>
       </c>
       <c r="D21" s="2"/>
       <c r="E21" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="G21" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H21" s="35" t="s">
         <v>64</v>
       </c>
       <c r="I21" s="2" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="J21" s="36"/>
     </row>
     <row r="22" spans="1:11" customHeight="1" ht="56">
       <c r="A22" s="2">
         <v>13</v>
       </c>
       <c r="B22" s="2"/>
       <c r="C22" s="33">
-        <v>52266175</v>
+        <v>67167635</v>
       </c>
       <c r="D22" s="2"/>
       <c r="E22" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>66</v>
+        <v>59</v>
       </c>
       <c r="G22" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H22" s="35" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="I22" s="2" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="J22" s="36"/>
     </row>
     <row r="23" spans="1:11" customHeight="1" ht="56">
       <c r="A23" s="2">
         <v>14</v>
       </c>
       <c r="B23" s="2"/>
       <c r="C23" s="33">
-        <v>77079114</v>
+        <v>83920695</v>
       </c>
       <c r="D23" s="2"/>
       <c r="E23" s="2" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G23" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H23" s="35" t="s">
+        <v>68</v>
+      </c>
+      <c r="I23" s="2" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="J23" s="36"/>
     </row>
     <row r="24" spans="1:11" customHeight="1" ht="56">
       <c r="A24" s="2">
         <v>15</v>
       </c>
       <c r="B24" s="2"/>
       <c r="C24" s="33">
-        <v>80228995</v>
+        <v>80489475</v>
       </c>
       <c r="D24" s="2"/>
       <c r="E24" s="2" t="s">
-        <v>71</v>
+        <v>51</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>72</v>
+        <v>67</v>
       </c>
       <c r="G24" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H24" s="35" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="I24" s="2" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="J24" s="36"/>
     </row>
     <row r="25" spans="1:11" customHeight="1" ht="56">
       <c r="A25" s="2">
         <v>16</v>
       </c>
       <c r="B25" s="2"/>
       <c r="C25" s="33">
-        <v>65110445</v>
+        <v>59074245</v>
       </c>
       <c r="D25" s="2"/>
       <c r="E25" s="2" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="G25" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H25" s="35" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="I25" s="2" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="J25" s="36"/>
     </row>
     <row r="26" spans="1:11" customHeight="1" ht="56">
       <c r="A26" s="2">
         <v>17</v>
       </c>
       <c r="B26" s="2"/>
       <c r="C26" s="33">
-        <v>66972085</v>
+        <v>81015375</v>
       </c>
       <c r="D26" s="2"/>
       <c r="E26" s="2" t="s">
-        <v>75</v>
+        <v>51</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="G26" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H26" s="35" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="I26" s="2" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="J26" s="36"/>
     </row>
     <row r="27" spans="1:11" customHeight="1" ht="56">
       <c r="A27" s="2">
         <v>18</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="33">
-        <v>58194194</v>
+        <v>71376225</v>
       </c>
       <c r="D27" s="2"/>
       <c r="E27" s="2" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>51</v>
+      </c>
+      <c r="F27" s="2" t="s">
+        <v>67</v>
       </c>
       <c r="G27" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H27" s="35" t="s">
-        <v>83</v>
+        <v>76</v>
       </c>
       <c r="I27" s="2" t="s">
-        <v>84</v>
+        <v>77</v>
       </c>
       <c r="J27" s="36"/>
     </row>
     <row r="28" spans="1:11" customHeight="1" ht="56">
       <c r="A28" s="2">
         <v>19</v>
       </c>
       <c r="B28" s="2"/>
       <c r="C28" s="33">
-        <v>63614735</v>
+        <v>77079114</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="2" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>51</v>
+      </c>
+      <c r="F28" s="2" t="s">
+        <v>78</v>
       </c>
       <c r="G28" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H28" s="35" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="I28" s="2" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="J28" s="36"/>
     </row>
     <row r="29" spans="1:11" customHeight="1" ht="56">
       <c r="A29" s="2">
         <v>20</v>
       </c>
       <c r="B29" s="2"/>
       <c r="C29" s="33">
-        <v>70218354</v>
+        <v>80228995</v>
       </c>
       <c r="D29" s="2"/>
       <c r="E29" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F29" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="G29" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H29" s="35" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="I29" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="J29" s="36"/>
     </row>
     <row r="30" spans="1:11" customHeight="1" ht="56">
       <c r="A30" s="2">
         <v>21</v>
       </c>
       <c r="B30" s="2"/>
       <c r="C30" s="33">
-        <v>64919355</v>
+        <v>85296345</v>
       </c>
       <c r="D30" s="2"/>
       <c r="E30" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F30" s="2" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>3</v>
       </c>
       <c r="G30" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H30" s="35" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="I30" s="2" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="J30" s="36"/>
     </row>
     <row r="31" spans="1:11" customHeight="1" ht="56">
       <c r="A31" s="2">
         <v>22</v>
       </c>
       <c r="B31" s="2"/>
       <c r="C31" s="33">
-        <v>70550524</v>
+        <v>65110445</v>
       </c>
       <c r="D31" s="2"/>
       <c r="E31" s="2" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>87</v>
+      </c>
+      <c r="F31" s="2" t="s">
+        <v>88</v>
       </c>
       <c r="G31" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H31" s="35" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="I31" s="2" t="s">
-        <v>92</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="J31" s="36"/>
     </row>
     <row r="32" spans="1:11" customHeight="1" ht="56">
       <c r="A32" s="2">
         <v>23</v>
       </c>
       <c r="B32" s="2"/>
       <c r="C32" s="33">
-        <v>70194884</v>
+        <v>71191035</v>
       </c>
       <c r="D32" s="2"/>
       <c r="E32" s="2" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>87</v>
+      </c>
+      <c r="F32" s="2" t="s">
+        <v>91</v>
       </c>
       <c r="G32" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H32" s="35" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="I32" s="2" t="s">
-        <v>95</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="J32" s="36"/>
     </row>
     <row r="33" spans="1:11" customHeight="1" ht="56">
       <c r="A33" s="2">
         <v>24</v>
       </c>
       <c r="B33" s="2"/>
       <c r="C33" s="33">
-        <v>65867705</v>
+        <v>66972085</v>
       </c>
       <c r="D33" s="2"/>
       <c r="E33" s="2" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>87</v>
+      </c>
+      <c r="F33" s="2" t="s">
+        <v>94</v>
       </c>
       <c r="G33" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H33" s="35" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="I33" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="J33" s="36"/>
     </row>
     <row r="34" spans="1:11" customHeight="1" ht="56">
       <c r="A34" s="2">
         <v>25</v>
       </c>
       <c r="B34" s="2"/>
       <c r="C34" s="33">
-        <v>66644874</v>
+        <v>83953255</v>
       </c>
       <c r="D34" s="2"/>
       <c r="E34" s="2" t="s">
-        <v>82</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>97</v>
+      </c>
+      <c r="F34" s="2" t="s">
+        <v>98</v>
       </c>
       <c r="G34" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H34" s="35" t="s">
         <v>99</v>
       </c>
       <c r="I34" s="2" t="s">
         <v>100</v>
       </c>
       <c r="J34" s="36"/>
     </row>
     <row r="35" spans="1:11" customHeight="1" ht="56">
       <c r="A35" s="2">
         <v>26</v>
       </c>
       <c r="B35" s="2"/>
       <c r="C35" s="33">
-        <v>66974305</v>
+        <v>86763715</v>
       </c>
       <c r="D35" s="2"/>
       <c r="E35" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G35" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H35" s="35" t="s">
         <v>103</v>
       </c>
       <c r="I35" s="2" t="s">
         <v>104</v>
       </c>
       <c r="J35" s="36"/>
     </row>
     <row r="36" spans="1:11" customHeight="1" ht="56">
       <c r="A36" s="2">
         <v>27</v>
       </c>
       <c r="B36" s="2"/>
-      <c r="C36" s="33">
-[...1 lines deleted...]
-      </c>
+      <c r="C36" s="2"/>
       <c r="D36" s="2"/>
       <c r="E36" s="2" t="s">
         <v>101</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>102</v>
       </c>
       <c r="G36" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H36" s="35" t="s">
         <v>105</v>
       </c>
       <c r="I36" s="2" t="s">
         <v>106</v>
       </c>
       <c r="J36" s="36"/>
     </row>
     <row r="37" spans="1:11" customHeight="1" ht="56">
       <c r="A37" s="2">
         <v>28</v>
       </c>
       <c r="B37" s="2"/>
       <c r="C37" s="33">
-        <v>63885435</v>
+        <v>63614735</v>
       </c>
       <c r="D37" s="2"/>
       <c r="E37" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="F37" s="2" t="s">
         <v>107</v>
+      </c>
+      <c r="F37" s="2">
+        <v>3</v>
       </c>
       <c r="G37" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H37" s="35" t="s">
         <v>108</v>
       </c>
       <c r="I37" s="2" t="s">
         <v>109</v>
       </c>
       <c r="J37" s="36"/>
     </row>
     <row r="38" spans="1:11" customHeight="1" ht="56">
       <c r="A38" s="2">
         <v>29</v>
       </c>
       <c r="B38" s="2"/>
       <c r="C38" s="33">
-        <v>56820805</v>
+        <v>64919355</v>
       </c>
       <c r="D38" s="2"/>
       <c r="E38" s="2" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="F38" s="2" t="s">
         <v>107</v>
+      </c>
+      <c r="F38" s="2">
+        <v>3</v>
       </c>
       <c r="G38" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H38" s="35" t="s">
         <v>110</v>
       </c>
       <c r="I38" s="2" t="s">
         <v>111</v>
       </c>
       <c r="J38" s="36"/>
     </row>
     <row r="39" spans="1:11" customHeight="1" ht="56">
       <c r="A39" s="2">
         <v>30</v>
       </c>
       <c r="B39" s="2"/>
       <c r="C39" s="33">
-        <v>67884555</v>
+        <v>58194194</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="2" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>107</v>
+      </c>
+      <c r="F39" s="2">
+        <v>3</v>
       </c>
       <c r="G39" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H39" s="35" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="I39" s="2" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="J39" s="36"/>
     </row>
     <row r="40" spans="1:11" customHeight="1" ht="56">
       <c r="A40" s="2">
         <v>31</v>
       </c>
       <c r="B40" s="2"/>
       <c r="C40" s="33">
-        <v>55723495</v>
+        <v>70218354</v>
       </c>
       <c r="D40" s="2"/>
       <c r="E40" s="2" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>107</v>
+      </c>
+      <c r="F40" s="2">
+        <v>3</v>
       </c>
       <c r="G40" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="35" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="I40" s="2" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="J40" s="36"/>
     </row>
     <row r="41" spans="1:11" customHeight="1" ht="56">
       <c r="A41" s="2">
         <v>32</v>
       </c>
       <c r="B41" s="2"/>
       <c r="C41" s="33">
-        <v>82726584</v>
+        <v>70550524</v>
       </c>
       <c r="D41" s="2"/>
       <c r="E41" s="2" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>117</v>
+        <v>107</v>
+      </c>
+      <c r="F41" s="2">
+        <v>3</v>
       </c>
       <c r="G41" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H41" s="35" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="I41" s="2" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="J41" s="36"/>
+        <v>117</v>
+      </c>
+      <c r="J41" s="37" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="42" spans="1:11" customHeight="1" ht="56">
       <c r="A42" s="2">
         <v>33</v>
       </c>
       <c r="B42" s="2"/>
       <c r="C42" s="33">
-        <v>56124625</v>
+        <v>70194884</v>
       </c>
       <c r="D42" s="2"/>
       <c r="E42" s="2" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>122</v>
+        <v>107</v>
+      </c>
+      <c r="F42" s="2">
+        <v>3</v>
       </c>
       <c r="G42" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H42" s="35" t="s">
-        <v>123</v>
+        <v>119</v>
       </c>
       <c r="I42" s="2" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="J42" s="36"/>
+        <v>120</v>
+      </c>
+      <c r="J42" s="37" t="s">
+        <v>121</v>
+      </c>
     </row>
     <row r="43" spans="1:11" customHeight="1" ht="56">
       <c r="A43" s="2">
         <v>34</v>
       </c>
       <c r="B43" s="2"/>
       <c r="C43" s="33">
-        <v>74409154</v>
+        <v>66644874</v>
       </c>
       <c r="D43" s="2"/>
       <c r="E43" s="2" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>125</v>
+        <v>107</v>
+      </c>
+      <c r="F43" s="2">
+        <v>6</v>
       </c>
       <c r="G43" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H43" s="35" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="I43" s="2" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
       <c r="J43" s="36"/>
     </row>
     <row r="44" spans="1:11" customHeight="1" ht="56">
       <c r="A44" s="2">
         <v>35</v>
       </c>
       <c r="B44" s="2"/>
       <c r="C44" s="33">
-        <v>68302815</v>
+        <v>84600585</v>
       </c>
       <c r="D44" s="2"/>
       <c r="E44" s="2" t="s">
-        <v>71</v>
+        <v>124</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="G44" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="G44" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H44" s="35" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="I44" s="2" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="J44" s="36"/>
     </row>
     <row r="45" spans="1:11" customHeight="1" ht="56">
       <c r="A45" s="2">
         <v>36</v>
       </c>
       <c r="B45" s="2"/>
       <c r="C45" s="33">
-        <v>60016715</v>
+        <v>66974305</v>
       </c>
       <c r="D45" s="2"/>
       <c r="E45" s="2" t="s">
-        <v>71</v>
+        <v>128</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="G45" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="G45" s="34" t="s">
         <v>29</v>
       </c>
       <c r="H45" s="35" t="s">
         <v>130</v>
       </c>
       <c r="I45" s="2" t="s">
         <v>131</v>
       </c>
       <c r="J45" s="36"/>
     </row>
     <row r="46" spans="1:11" customHeight="1" ht="56">
       <c r="A46" s="2">
         <v>37</v>
       </c>
       <c r="B46" s="2"/>
       <c r="C46" s="33">
-        <v>86659345</v>
+        <v>86246355</v>
       </c>
       <c r="D46" s="2"/>
       <c r="E46" s="2" t="s">
+        <v>128</v>
+      </c>
+      <c r="F46" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="G46" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H46" s="35" t="s">
         <v>132</v>
       </c>
-      <c r="F46" s="2" t="s">
+      <c r="I46" s="2" t="s">
         <v>133</v>
-      </c>
-[...7 lines deleted...]
-        <v>136</v>
       </c>
       <c r="J46" s="36"/>
     </row>
     <row r="47" spans="1:11" customHeight="1" ht="56">
       <c r="A47" s="2">
         <v>38</v>
       </c>
       <c r="B47" s="2"/>
       <c r="C47" s="33">
-        <v>68410125</v>
+        <v>80042625</v>
       </c>
       <c r="D47" s="2"/>
       <c r="E47" s="2" t="s">
-        <v>47</v>
+        <v>128</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G47" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="G47" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H47" s="35" t="s">
         <v>134</v>
       </c>
-      <c r="H47" s="35" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I47" s="2" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="J47" s="36"/>
     </row>
     <row r="48" spans="1:11" customHeight="1" ht="56">
       <c r="A48" s="2">
         <v>39</v>
       </c>
       <c r="B48" s="2"/>
       <c r="C48" s="33">
-        <v>64386175</v>
+        <v>56820805</v>
       </c>
       <c r="D48" s="2"/>
       <c r="E48" s="2" t="s">
-        <v>32</v>
+        <v>128</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>136</v>
+      </c>
+      <c r="G48" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="H48" s="35" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="I48" s="2" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="J48" s="36"/>
     </row>
     <row r="49" spans="1:11" customHeight="1" ht="56">
       <c r="A49" s="2">
         <v>40</v>
       </c>
       <c r="B49" s="2"/>
       <c r="C49" s="33">
-        <v>83897015</v>
+        <v>63885435</v>
       </c>
       <c r="D49" s="2"/>
       <c r="E49" s="2" t="s">
-        <v>47</v>
+        <v>128</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>48</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>136</v>
+      </c>
+      <c r="G49" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="H49" s="35" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="I49" s="2" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="J49" s="36"/>
     </row>
     <row r="50" spans="1:11" customHeight="1" ht="56">
       <c r="A50" s="2">
         <v>41</v>
       </c>
       <c r="B50" s="2"/>
       <c r="C50" s="33">
-        <v>71328775</v>
+        <v>92006485</v>
       </c>
       <c r="D50" s="2"/>
       <c r="E50" s="2" t="s">
-        <v>47</v>
+        <v>141</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>142</v>
+      </c>
+      <c r="G50" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="H50" s="35" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="I50" s="2" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="J50" s="36"/>
     </row>
     <row r="51" spans="1:11" customHeight="1" ht="56">
       <c r="A51" s="2">
         <v>42</v>
       </c>
       <c r="B51" s="2"/>
       <c r="C51" s="33">
-        <v>86197995</v>
+        <v>84158435</v>
       </c>
       <c r="D51" s="2"/>
       <c r="E51" s="2" t="s">
-        <v>47</v>
+        <v>145</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="G51" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="G51" s="34" t="s">
+        <v>29</v>
+      </c>
+      <c r="H51" s="35" t="s">
+        <v>147</v>
+      </c>
+      <c r="I51" s="2" t="s">
         <v>148</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="J51" s="36"/>
     </row>
     <row r="52" spans="1:11" customHeight="1" ht="56">
       <c r="A52" s="2">
         <v>43</v>
       </c>
       <c r="B52" s="2"/>
       <c r="C52" s="33">
-        <v>81046735</v>
+        <v>67884555</v>
       </c>
       <c r="D52" s="2"/>
       <c r="E52" s="2" t="s">
-        <v>47</v>
+        <v>145</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>146</v>
+      </c>
+      <c r="G52" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="H52" s="35" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="I52" s="2" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="J52" s="36"/>
     </row>
     <row r="53" spans="1:11" customHeight="1" ht="56">
       <c r="A53" s="2">
         <v>44</v>
       </c>
       <c r="B53" s="2"/>
       <c r="C53" s="33">
-        <v>70250815</v>
+        <v>80987885</v>
       </c>
       <c r="D53" s="2"/>
       <c r="E53" s="2" t="s">
-        <v>47</v>
+        <v>145</v>
       </c>
       <c r="F53" s="2" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>151</v>
+      </c>
+      <c r="G53" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="H53" s="35" t="s">
+        <v>152</v>
+      </c>
+      <c r="I53" s="2" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
       <c r="J53" s="36"/>
     </row>
     <row r="54" spans="1:11" customHeight="1" ht="56">
       <c r="A54" s="2">
         <v>45</v>
       </c>
       <c r="B54" s="2"/>
       <c r="C54" s="33">
-        <v>67729875</v>
+        <v>55723495</v>
       </c>
       <c r="D54" s="2"/>
       <c r="E54" s="2" t="s">
-        <v>47</v>
+        <v>154</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>155</v>
+      </c>
+      <c r="G54" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="H54" s="35" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="I54" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="J54" s="36"/>
     </row>
     <row r="55" spans="1:11" customHeight="1" ht="56">
       <c r="A55" s="2">
         <v>46</v>
       </c>
       <c r="B55" s="2"/>
       <c r="C55" s="33">
-        <v>67161565</v>
+        <v>82726584</v>
       </c>
       <c r="D55" s="2"/>
       <c r="E55" s="2" t="s">
-        <v>47</v>
+        <v>154</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>155</v>
+      </c>
+      <c r="G55" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="H55" s="35" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="I55" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J55" s="36"/>
     </row>
     <row r="56" spans="1:11" customHeight="1" ht="56">
       <c r="A56" s="2">
         <v>47</v>
       </c>
       <c r="B56" s="2"/>
       <c r="C56" s="33">
-        <v>70640885</v>
+        <v>85083765</v>
       </c>
       <c r="D56" s="2"/>
       <c r="E56" s="2" t="s">
-        <v>47</v>
+        <v>154</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>155</v>
+      </c>
+      <c r="G56" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="H56" s="35" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="I56" s="2" t="s">
-        <v>158</v>
+        <v>161</v>
       </c>
       <c r="J56" s="36"/>
     </row>
     <row r="57" spans="1:11" customHeight="1" ht="56">
       <c r="A57" s="2">
         <v>48</v>
       </c>
       <c r="B57" s="2"/>
       <c r="C57" s="33">
-        <v>83963865</v>
+        <v>56124625</v>
       </c>
       <c r="D57" s="2"/>
       <c r="E57" s="2" t="s">
-        <v>47</v>
+        <v>154</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>162</v>
+      </c>
+      <c r="G57" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="H57" s="35" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="I57" s="2" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="J57" s="36"/>
     </row>
     <row r="58" spans="1:11" customHeight="1" ht="56">
       <c r="A58" s="2">
         <v>49</v>
       </c>
       <c r="B58" s="2"/>
       <c r="C58" s="33">
-        <v>71382105</v>
+        <v>74409154</v>
       </c>
       <c r="D58" s="2"/>
       <c r="E58" s="2" t="s">
-        <v>47</v>
+        <v>154</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>165</v>
+      </c>
+      <c r="G58" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="H58" s="35" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="I58" s="2" t="s">
-        <v>158</v>
+        <v>167</v>
       </c>
       <c r="J58" s="36"/>
     </row>
     <row r="59" spans="1:11" customHeight="1" ht="56">
       <c r="A59" s="2">
         <v>50</v>
       </c>
       <c r="B59" s="2"/>
       <c r="C59" s="33">
-        <v>80976065</v>
+        <v>84390325</v>
       </c>
       <c r="D59" s="2"/>
       <c r="E59" s="2" t="s">
-        <v>47</v>
+        <v>168</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>169</v>
+      </c>
+      <c r="G59" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="H59" s="35" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="I59" s="2" t="s">
-        <v>158</v>
+        <v>171</v>
       </c>
       <c r="J59" s="36"/>
     </row>
     <row r="60" spans="1:11" customHeight="1" ht="56">
       <c r="A60" s="2">
         <v>51</v>
       </c>
       <c r="B60" s="2"/>
       <c r="C60" s="33">
-        <v>80489475</v>
+        <v>71143165</v>
       </c>
       <c r="D60" s="2"/>
       <c r="E60" s="2" t="s">
-        <v>47</v>
+        <v>168</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>172</v>
+      </c>
+      <c r="G60" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="H60" s="35" t="s">
-        <v>164</v>
+        <v>173</v>
       </c>
       <c r="I60" s="2" t="s">
-        <v>165</v>
+        <v>174</v>
       </c>
       <c r="J60" s="36"/>
     </row>
     <row r="61" spans="1:11" customHeight="1" ht="56">
       <c r="A61" s="2">
         <v>52</v>
       </c>
       <c r="B61" s="2"/>
       <c r="C61" s="33">
-        <v>71376225</v>
+        <v>71964855</v>
       </c>
       <c r="D61" s="2"/>
       <c r="E61" s="2" t="s">
-        <v>47</v>
+        <v>168</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>175</v>
+      </c>
+      <c r="G61" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="H61" s="35" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="I61" s="2" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="J61" s="36"/>
     </row>
     <row r="62" spans="1:11" customHeight="1" ht="56">
       <c r="A62" s="2">
         <v>53</v>
       </c>
       <c r="B62" s="2"/>
       <c r="C62" s="33">
-        <v>71145345</v>
+        <v>87404505</v>
       </c>
       <c r="D62" s="2"/>
       <c r="E62" s="2" t="s">
-        <v>47</v>
+        <v>168</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>175</v>
+      </c>
+      <c r="G62" s="34" t="s">
+        <v>29</v>
       </c>
       <c r="H62" s="35" t="s">
-        <v>169</v>
+        <v>178</v>
       </c>
       <c r="I62" s="2" t="s">
-        <v>170</v>
+        <v>179</v>
       </c>
       <c r="J62" s="36"/>
     </row>
     <row r="63" spans="1:11" customHeight="1" ht="56">
       <c r="A63" s="2">
         <v>54</v>
       </c>
       <c r="B63" s="2"/>
       <c r="C63" s="33">
-        <v>85296345</v>
+        <v>87355255</v>
       </c>
       <c r="D63" s="2"/>
       <c r="E63" s="2" t="s">
-        <v>71</v>
+        <v>124</v>
       </c>
       <c r="F63" s="2" t="s">
-        <v>72</v>
+        <v>125</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>142</v>
+        <v>29</v>
       </c>
       <c r="H63" s="35" t="s">
-        <v>171</v>
+        <v>180</v>
       </c>
       <c r="I63" s="2" t="s">
-        <v>172</v>
+        <v>181</v>
       </c>
       <c r="J63" s="36"/>
     </row>
     <row r="64" spans="1:11" customHeight="1" ht="56">
       <c r="A64" s="2">
         <v>55</v>
       </c>
       <c r="B64" s="2"/>
       <c r="C64" s="33">
-        <v>71191035</v>
+        <v>86659345</v>
       </c>
       <c r="D64" s="2"/>
       <c r="E64" s="2" t="s">
-        <v>75</v>
+        <v>27</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>173</v>
+        <v>28</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>145</v>
+        <v>182</v>
       </c>
       <c r="H64" s="35" t="s">
-        <v>174</v>
+        <v>183</v>
       </c>
       <c r="I64" s="2" t="s">
-        <v>147</v>
+        <v>184</v>
       </c>
       <c r="J64" s="36"/>
     </row>
     <row r="65" spans="1:11" customHeight="1" ht="56">
       <c r="A65" s="2">
         <v>56</v>
       </c>
       <c r="B65" s="2"/>
       <c r="C65" s="33">
-        <v>83953255</v>
+        <v>70418835</v>
       </c>
       <c r="D65" s="2"/>
       <c r="E65" s="2" t="s">
-        <v>175</v>
+        <v>128</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>176</v>
+        <v>136</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>148</v>
+        <v>182</v>
       </c>
       <c r="H65" s="35" t="s">
-        <v>177</v>
+        <v>185</v>
       </c>
       <c r="I65" s="2" t="s">
-        <v>167</v>
+        <v>186</v>
       </c>
       <c r="J65" s="36"/>
     </row>
     <row r="66" spans="1:11" customHeight="1" ht="56">
       <c r="A66" s="2">
         <v>57</v>
       </c>
       <c r="B66" s="2"/>
       <c r="C66" s="33">
-        <v>80932075</v>
+        <v>81173565</v>
       </c>
       <c r="D66" s="2"/>
       <c r="E66" s="2" t="s">
-        <v>175</v>
+        <v>187</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>148</v>
+        <v>182</v>
       </c>
       <c r="H66" s="35" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="I66" s="2" t="s">
-        <v>158</v>
+        <v>190</v>
       </c>
       <c r="J66" s="36"/>
     </row>
     <row r="67" spans="1:11" customHeight="1" ht="56">
       <c r="A67" s="2">
         <v>58</v>
       </c>
       <c r="B67" s="2"/>
       <c r="C67" s="33">
-        <v>66264165</v>
+        <v>80448045</v>
       </c>
       <c r="D67" s="2"/>
       <c r="E67" s="2" t="s">
-        <v>175</v>
+        <v>145</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>142</v>
+        <v>182</v>
       </c>
       <c r="H67" s="35" t="s">
-        <v>181</v>
+        <v>192</v>
       </c>
       <c r="I67" s="2" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="J67" s="36"/>
     </row>
     <row r="68" spans="1:11" customHeight="1" ht="56">
       <c r="A68" s="2">
         <v>59</v>
       </c>
       <c r="B68" s="2"/>
-      <c r="C68" s="2"/>
+      <c r="C68" s="33">
+        <v>83892175</v>
+      </c>
       <c r="D68" s="2"/>
       <c r="E68" s="2" t="s">
-        <v>183</v>
+        <v>168</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>148</v>
+        <v>182</v>
       </c>
       <c r="H68" s="35" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="I68" s="2" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="J68" s="36"/>
     </row>
     <row r="69" spans="1:11" customHeight="1" ht="56">
       <c r="A69" s="2">
         <v>60</v>
       </c>
       <c r="B69" s="2"/>
       <c r="C69" s="33">
         <v>70244285</v>
       </c>
       <c r="D69" s="2"/>
       <c r="E69" s="2" t="s">
-        <v>82</v>
+        <v>107</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>134</v>
+        <v>182</v>
       </c>
       <c r="H69" s="35" t="s">
-        <v>188</v>
+        <v>197</v>
       </c>
       <c r="I69" s="2" t="s">
-        <v>189</v>
+        <v>93</v>
       </c>
       <c r="J69" s="36"/>
     </row>
     <row r="70" spans="1:11" customHeight="1" ht="56">
       <c r="A70" s="2">
         <v>61</v>
       </c>
       <c r="B70" s="2"/>
       <c r="C70" s="33">
-        <v>66098975</v>
+        <v>220681.258492</v>
       </c>
       <c r="D70" s="2"/>
       <c r="E70" s="2" t="s">
-        <v>190</v>
+        <v>43</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>191</v>
+        <v>44</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>134</v>
+        <v>198</v>
       </c>
       <c r="H70" s="35" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="I70" s="2" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="J70" s="36"/>
     </row>
     <row r="71" spans="1:11" customHeight="1" ht="56">
       <c r="A71" s="2">
         <v>62</v>
       </c>
       <c r="B71" s="2"/>
       <c r="C71" s="33">
-        <v>84600585</v>
+        <v>90782085</v>
       </c>
       <c r="D71" s="2"/>
       <c r="E71" s="2" t="s">
-        <v>190</v>
+        <v>51</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>194</v>
+        <v>67</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>142</v>
+        <v>201</v>
       </c>
       <c r="H71" s="35" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="I71" s="2" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="J71" s="36"/>
     </row>
     <row r="72" spans="1:11" customHeight="1" ht="56">
       <c r="A72" s="2">
         <v>63</v>
       </c>
       <c r="B72" s="2"/>
       <c r="C72" s="33">
-        <v>71911585</v>
+        <v>92025425</v>
       </c>
       <c r="D72" s="2"/>
       <c r="E72" s="2" t="s">
-        <v>101</v>
+        <v>51</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>197</v>
+        <v>67</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>145</v>
+        <v>201</v>
       </c>
       <c r="H72" s="35" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="I72" s="2" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="J72" s="36"/>
     </row>
     <row r="73" spans="1:11" customHeight="1" ht="56">
       <c r="A73" s="2">
         <v>64</v>
       </c>
       <c r="B73" s="2"/>
       <c r="C73" s="33">
-        <v>86246355</v>
+        <v>51570115</v>
       </c>
       <c r="D73" s="2"/>
       <c r="E73" s="2" t="s">
-        <v>101</v>
+        <v>124</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>102</v>
+        <v>206</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>142</v>
+        <v>207</v>
       </c>
       <c r="H73" s="35" t="s">
-        <v>200</v>
+        <v>208</v>
       </c>
       <c r="I73" s="2" t="s">
-        <v>144</v>
+        <v>209</v>
       </c>
       <c r="J73" s="36"/>
     </row>
     <row r="74" spans="1:11" customHeight="1" ht="56">
       <c r="A74" s="2">
         <v>65</v>
       </c>
       <c r="B74" s="2"/>
       <c r="C74" s="33">
-        <v>80042625</v>
+        <v>89661575</v>
       </c>
       <c r="D74" s="2"/>
       <c r="E74" s="2" t="s">
-        <v>101</v>
+        <v>128</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>102</v>
+        <v>129</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>145</v>
+        <v>210</v>
       </c>
       <c r="H74" s="35" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="I74" s="2" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="J74" s="36"/>
     </row>
     <row r="75" spans="1:11" customHeight="1" ht="56">
       <c r="A75" s="2">
         <v>66</v>
       </c>
       <c r="B75" s="2"/>
       <c r="C75" s="33">
-        <v>69224845</v>
+        <v>90007275</v>
       </c>
       <c r="D75" s="2"/>
       <c r="E75" s="2" t="s">
-        <v>101</v>
+        <v>145</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>107</v>
+        <v>151</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>145</v>
+        <v>201</v>
       </c>
       <c r="H75" s="35" t="s">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="I75" s="2" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
       <c r="J75" s="36"/>
     </row>
     <row r="76" spans="1:11" customHeight="1" ht="56">
       <c r="A76" s="2">
         <v>67</v>
       </c>
       <c r="B76" s="2"/>
       <c r="C76" s="33">
-        <v>70418835</v>
+        <v>73956975</v>
       </c>
       <c r="D76" s="2"/>
       <c r="E76" s="2" t="s">
-        <v>101</v>
+        <v>215</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>107</v>
+        <v>216</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>134</v>
+        <v>217</v>
       </c>
       <c r="H76" s="35" t="s">
-        <v>205</v>
+        <v>218</v>
       </c>
       <c r="I76" s="2" t="s">
-        <v>206</v>
+        <v>219</v>
       </c>
       <c r="J76" s="36"/>
-    </row>
-[...648 lines deleted...]
-      <c r="J101" s="36"/>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <autoFilter ref="D9:G9"/>
   <mergeCells>
     <mergeCell ref="I8:J8"/>
     <mergeCell ref="H1:I1"/>
     <mergeCell ref="F1:G1"/>
     <mergeCell ref="D1:E1"/>
     <mergeCell ref="H6:I7"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="F4:G4"/>
     <mergeCell ref="F6:G6"/>
     <mergeCell ref="F7:G7"/>
     <mergeCell ref="D7:E7"/>
     <mergeCell ref="F5:G5"/>
     <mergeCell ref="A7:C7"/>
     <mergeCell ref="D2:E2"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="D3:E3"/>
     <mergeCell ref="D4:E4"/>
     <mergeCell ref="D6:E6"/>
     <mergeCell ref="D5:E5"/>
   </mergeCells>
@@ -7535,181 +5956,131 @@
     <hyperlink ref="H23" r:id="rId_hyperlink_29"/>
     <hyperlink ref="C24" r:id="rId_hyperlink_30"/>
     <hyperlink ref="H24" r:id="rId_hyperlink_31"/>
     <hyperlink ref="C25" r:id="rId_hyperlink_32"/>
     <hyperlink ref="H25" r:id="rId_hyperlink_33"/>
     <hyperlink ref="C26" r:id="rId_hyperlink_34"/>
     <hyperlink ref="H26" r:id="rId_hyperlink_35"/>
     <hyperlink ref="C27" r:id="rId_hyperlink_36"/>
     <hyperlink ref="H27" r:id="rId_hyperlink_37"/>
     <hyperlink ref="C28" r:id="rId_hyperlink_38"/>
     <hyperlink ref="H28" r:id="rId_hyperlink_39"/>
     <hyperlink ref="C29" r:id="rId_hyperlink_40"/>
     <hyperlink ref="H29" r:id="rId_hyperlink_41"/>
     <hyperlink ref="C30" r:id="rId_hyperlink_42"/>
     <hyperlink ref="H30" r:id="rId_hyperlink_43"/>
     <hyperlink ref="C31" r:id="rId_hyperlink_44"/>
     <hyperlink ref="H31" r:id="rId_hyperlink_45"/>
     <hyperlink ref="C32" r:id="rId_hyperlink_46"/>
     <hyperlink ref="H32" r:id="rId_hyperlink_47"/>
     <hyperlink ref="C33" r:id="rId_hyperlink_48"/>
     <hyperlink ref="H33" r:id="rId_hyperlink_49"/>
     <hyperlink ref="C34" r:id="rId_hyperlink_50"/>
     <hyperlink ref="H34" r:id="rId_hyperlink_51"/>
     <hyperlink ref="C35" r:id="rId_hyperlink_52"/>
     <hyperlink ref="H35" r:id="rId_hyperlink_53"/>
-    <hyperlink ref="C36" r:id="rId_hyperlink_54"/>
-[...62 lines deleted...]
-    <hyperlink ref="H67" r:id="rId_hyperlink_117"/>
+    <hyperlink ref="H36" r:id="rId_hyperlink_54"/>
+    <hyperlink ref="C37" r:id="rId_hyperlink_55"/>
+    <hyperlink ref="H37" r:id="rId_hyperlink_56"/>
+    <hyperlink ref="C38" r:id="rId_hyperlink_57"/>
+    <hyperlink ref="H38" r:id="rId_hyperlink_58"/>
+    <hyperlink ref="C39" r:id="rId_hyperlink_59"/>
+    <hyperlink ref="H39" r:id="rId_hyperlink_60"/>
+    <hyperlink ref="C40" r:id="rId_hyperlink_61"/>
+    <hyperlink ref="H40" r:id="rId_hyperlink_62"/>
+    <hyperlink ref="C41" r:id="rId_hyperlink_63"/>
+    <hyperlink ref="H41" r:id="rId_hyperlink_64"/>
+    <hyperlink ref="C42" r:id="rId_hyperlink_65"/>
+    <hyperlink ref="H42" r:id="rId_hyperlink_66"/>
+    <hyperlink ref="C43" r:id="rId_hyperlink_67"/>
+    <hyperlink ref="H43" r:id="rId_hyperlink_68"/>
+    <hyperlink ref="C44" r:id="rId_hyperlink_69"/>
+    <hyperlink ref="H44" r:id="rId_hyperlink_70"/>
+    <hyperlink ref="C45" r:id="rId_hyperlink_71"/>
+    <hyperlink ref="H45" r:id="rId_hyperlink_72"/>
+    <hyperlink ref="C46" r:id="rId_hyperlink_73"/>
+    <hyperlink ref="H46" r:id="rId_hyperlink_74"/>
+    <hyperlink ref="C47" r:id="rId_hyperlink_75"/>
+    <hyperlink ref="H47" r:id="rId_hyperlink_76"/>
+    <hyperlink ref="C48" r:id="rId_hyperlink_77"/>
+    <hyperlink ref="H48" r:id="rId_hyperlink_78"/>
+    <hyperlink ref="C49" r:id="rId_hyperlink_79"/>
+    <hyperlink ref="H49" r:id="rId_hyperlink_80"/>
+    <hyperlink ref="C50" r:id="rId_hyperlink_81"/>
+    <hyperlink ref="H50" r:id="rId_hyperlink_82"/>
+    <hyperlink ref="C51" r:id="rId_hyperlink_83"/>
+    <hyperlink ref="H51" r:id="rId_hyperlink_84"/>
+    <hyperlink ref="C52" r:id="rId_hyperlink_85"/>
+    <hyperlink ref="H52" r:id="rId_hyperlink_86"/>
+    <hyperlink ref="C53" r:id="rId_hyperlink_87"/>
+    <hyperlink ref="H53" r:id="rId_hyperlink_88"/>
+    <hyperlink ref="C54" r:id="rId_hyperlink_89"/>
+    <hyperlink ref="H54" r:id="rId_hyperlink_90"/>
+    <hyperlink ref="C55" r:id="rId_hyperlink_91"/>
+    <hyperlink ref="H55" r:id="rId_hyperlink_92"/>
+    <hyperlink ref="C56" r:id="rId_hyperlink_93"/>
+    <hyperlink ref="H56" r:id="rId_hyperlink_94"/>
+    <hyperlink ref="C57" r:id="rId_hyperlink_95"/>
+    <hyperlink ref="H57" r:id="rId_hyperlink_96"/>
+    <hyperlink ref="C58" r:id="rId_hyperlink_97"/>
+    <hyperlink ref="H58" r:id="rId_hyperlink_98"/>
+    <hyperlink ref="C59" r:id="rId_hyperlink_99"/>
+    <hyperlink ref="H59" r:id="rId_hyperlink_100"/>
+    <hyperlink ref="C60" r:id="rId_hyperlink_101"/>
+    <hyperlink ref="H60" r:id="rId_hyperlink_102"/>
+    <hyperlink ref="C61" r:id="rId_hyperlink_103"/>
+    <hyperlink ref="H61" r:id="rId_hyperlink_104"/>
+    <hyperlink ref="C62" r:id="rId_hyperlink_105"/>
+    <hyperlink ref="H62" r:id="rId_hyperlink_106"/>
+    <hyperlink ref="C63" r:id="rId_hyperlink_107"/>
+    <hyperlink ref="H63" r:id="rId_hyperlink_108"/>
+    <hyperlink ref="C64" r:id="rId_hyperlink_109"/>
+    <hyperlink ref="H64" r:id="rId_hyperlink_110"/>
+    <hyperlink ref="C65" r:id="rId_hyperlink_111"/>
+    <hyperlink ref="H65" r:id="rId_hyperlink_112"/>
+    <hyperlink ref="C66" r:id="rId_hyperlink_113"/>
+    <hyperlink ref="H66" r:id="rId_hyperlink_114"/>
+    <hyperlink ref="C67" r:id="rId_hyperlink_115"/>
+    <hyperlink ref="H67" r:id="rId_hyperlink_116"/>
+    <hyperlink ref="C68" r:id="rId_hyperlink_117"/>
     <hyperlink ref="H68" r:id="rId_hyperlink_118"/>
     <hyperlink ref="C69" r:id="rId_hyperlink_119"/>
     <hyperlink ref="H69" r:id="rId_hyperlink_120"/>
     <hyperlink ref="C70" r:id="rId_hyperlink_121"/>
     <hyperlink ref="H70" r:id="rId_hyperlink_122"/>
     <hyperlink ref="C71" r:id="rId_hyperlink_123"/>
     <hyperlink ref="H71" r:id="rId_hyperlink_124"/>
     <hyperlink ref="C72" r:id="rId_hyperlink_125"/>
     <hyperlink ref="H72" r:id="rId_hyperlink_126"/>
     <hyperlink ref="C73" r:id="rId_hyperlink_127"/>
     <hyperlink ref="H73" r:id="rId_hyperlink_128"/>
     <hyperlink ref="C74" r:id="rId_hyperlink_129"/>
     <hyperlink ref="H74" r:id="rId_hyperlink_130"/>
     <hyperlink ref="C75" r:id="rId_hyperlink_131"/>
     <hyperlink ref="H75" r:id="rId_hyperlink_132"/>
     <hyperlink ref="C76" r:id="rId_hyperlink_133"/>
     <hyperlink ref="H76" r:id="rId_hyperlink_134"/>
-    <hyperlink ref="C77" r:id="rId_hyperlink_135"/>
-[...48 lines deleted...]
-    <hyperlink ref="H101" r:id="rId_hyperlink_184"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver" r:id="rId2"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>